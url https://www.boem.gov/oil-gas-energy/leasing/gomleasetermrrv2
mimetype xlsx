--- v0 (2025-10-06)
+++ v1 (2026-03-12)
@@ -1,100 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="JPG" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://doimspp-my.sharepoint.com/personal/obrienc_mms_gov/Documents/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\obrienc\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="8" documentId="8_{97D35008-B16F-403A-8F19-D7ED674A2A6C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{253D5078-A659-4D9E-9A95-5639404457F1}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3B92FE33-47F4-47C8-932E-064BF9B25A2F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="67080" yWindow="2790" windowWidth="29040" windowHeight="15720" xr2:uid="{9C1B786C-705F-43F0-9288-858DFD575A75}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{9C1B786C-705F-43F0-9288-858DFD575A75}"/>
   </bookViews>
   <sheets>
     <sheet name="Rent" sheetId="1" r:id="rId1"/>
     <sheet name="Minimum Bid" sheetId="2" r:id="rId2"/>
     <sheet name="Royalty Rate" sheetId="3" r:id="rId3"/>
     <sheet name="Primary Term" sheetId="4" r:id="rId4"/>
     <sheet name="FiscalTermRRPic" sheetId="7" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="133">
   <si>
     <t>Lease Offering</t>
   </si>
   <si>
     <t>Sale Date</t>
   </si>
   <si>
     <t>0-200</t>
   </si>
   <si>
     <t>200-400</t>
   </si>
   <si>
     <t>400-800</t>
   </si>
   <si>
     <t>800-1600</t>
   </si>
   <si>
     <t>1600-2000</t>
   </si>
   <si>
     <t>&gt;2000</t>
   </si>
   <si>
@@ -256,56 +256,50 @@
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>footnote 5</t>
     </r>
   </si>
   <si>
     <r>
       <t>11.00</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>footnote 6</t>
     </r>
   </si>
   <si>
-    <t>259 to Present</t>
-[...4 lines deleted...]
-  <si>
     <r>
       <t>10.00</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>footnote 7</t>
     </r>
   </si>
   <si>
     <r>
       <t>16.00</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
@@ -787,53 +781,50 @@
     <t>8/28/2013 - 3/22/2017</t>
   </si>
   <si>
     <t>249 to 257</t>
   </si>
   <si>
     <t>8/16/2017 - 11/17/2021</t>
   </si>
   <si>
     <r>
       <t>12.50%</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>footnote 4</t>
     </r>
   </si>
   <si>
-    <t>3/29/2023 to Present</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Deep gas relief - 20 BCF for &gt;=15,000 feet subsea depth </t>
   </si>
   <si>
     <t>Deep gas relief - Up to 15 BCF for &gt;15,000 feet subsea depth, but less than 18,000 feet, or up to 25 BCF on &gt;=18,000 feet</t>
   </si>
   <si>
     <t>Deep gas relief - Up to 15 BCF for &gt;=15,000 feet subsea depth but &lt;18,000 feet, or up to 25 BCF for &gt;= 18,000 feet but &lt;20,000 feet, or 35 BCF for &gt;=20,000 feet</t>
   </si>
   <si>
     <t>Deep gas relief - 35 BCF for &gt;=20,000 feet</t>
   </si>
   <si>
     <t>RSV = 17.5 MMBOE</t>
   </si>
   <si>
     <t>RSV = 52.5 MMBOE</t>
   </si>
   <si>
     <t>RSV = 87.5 MMBOE</t>
   </si>
   <si>
     <t>RSV = 5 MMBOE</t>
   </si>
   <si>
     <t>RSV = 9 MMBOE</t>
@@ -927,50 +918,78 @@
     <t>11/18/2020 - Present</t>
   </si>
   <si>
     <t>5-year initial period extended for 3 years after 25,000-foot well</t>
   </si>
   <si>
     <t>For lease with an 8-year term, spudding a well is required within the first years of the 8-year term initial period to avoid lease cancellation</t>
   </si>
   <si>
     <t>For lease with a "5+3" year term, spudding a well within the first 5 years prolongs the initial period by 3 years.</t>
   </si>
   <si>
     <t>For lease with a "7+3" year term, spudding a well within the first 7 years prolongs the initial period by 3 years.</t>
   </si>
   <si>
     <t>Table 1: Gulf of America OCS Region Oil and Gas Minimum Bid ($/acre) History During Area-Wide Leasing by Water Depth (meters)</t>
   </si>
   <si>
     <t>Table 1: Gulf of America OCS Region Oil and Gas Royalty Rate History During Area-Wide Leasing by Water Depth (meters)</t>
   </si>
   <si>
     <t>Table 1: Gulf of America OCS Region Oil and Gas Primary Term History Since 1997 by Water Depth (meters)</t>
   </si>
   <si>
     <t>Table 1: Gulf of America OCS Region Oil and Gas Rental Rate ($/acre) History During Area-Wide Leasing by Water Depth (meters)</t>
+  </si>
+  <si>
+    <t>259 to 261</t>
+  </si>
+  <si>
+    <t>3/29/2023 -12/20/2023</t>
+  </si>
+  <si>
+    <t>BBG1 to Present</t>
+  </si>
+  <si>
+    <t>12/10/2025 - Present</t>
+  </si>
+  <si>
+    <r>
+      <t>12.5%</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>footnote 4</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
@@ -1139,51 +1158,51 @@
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -1243,453 +1262,330 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Heading 2" xfId="1" builtinId="17"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="73">
     <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...7 lines deleted...]
-    <dxf>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
-[...26 lines deleted...]
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <border>
-        <bottom style="thin">
-[...2 lines deleted...]
-      </border>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
         <vertical style="thin">
           <color indexed="64"/>
         </vertical>
         <horizontal style="thin">
           <color indexed="64"/>
         </horizontal>
       </border>
     </dxf>
     <dxf>
       <fill>
-        <patternFill>
-[...249 lines deleted...]
-      <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
         <vertical style="thin">
           <color indexed="64"/>
         </vertical>
         <horizontal style="thin">
           <color indexed="64"/>
         </horizontal>
       </border>
     </dxf>
@@ -1779,480 +1675,352 @@
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
         <vertical style="thin">
           <color indexed="64"/>
         </vertical>
         <horizontal style="thin">
           <color indexed="64"/>
         </horizontal>
       </border>
     </dxf>
     <dxf>
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <fill>
+        <patternFill>
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="1" formatCode="0"/>
+      <fill>
+        <patternFill>
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
-        <right/>
-[...19 lines deleted...]
-        </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical style="thin">
-[...162 lines deleted...]
-    <dxf>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
-        <vertical style="thin">
-[...8 lines deleted...]
-      <numFmt numFmtId="2" formatCode="0.00"/>
+      </border>
+    </dxf>
+    <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-      </border>
-[...2 lines deleted...]
-      <numFmt numFmtId="2" formatCode="0.00"/>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...142 lines deleted...]
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
       </border>
     </dxf>
     <dxf>
       <border>
         <top style="thin">
           <color indexed="64"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
@@ -2292,50 +2060,296 @@
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
         <vertical style="thin">
           <color indexed="64"/>
         </vertical>
         <horizontal style="thin">
           <color indexed="64"/>
         </horizontal>
       </border>
     </dxf>
     <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
       <fill>
         <patternFill patternType="solid">
@@ -2386,73 +2400,75 @@
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
       <fill>
@@ -2708,207 +2724,201 @@
           <color indexed="64"/>
         </vertical>
         <horizontal style="thin">
           <color indexed="64"/>
         </horizontal>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.JPG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>0</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>99060</xdr:rowOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>17</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>179070</xdr:rowOff>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>65645</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>91440</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1" descr="Gulf Of America Lease Terms and Royalty Relief&#10;&#10;This is a graphic illustration of the lease terms that are presented in the first four tabs of this spreadsheet.">
+        <xdr:cNvPr id="6" name="Picture 5" descr="Gulf Of America Lease Terms and Royalty Relief&#10;&#10;This is a graphic illustration of the lease terms that are presented in the first four tabs of this spreadsheet.&#10;">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2CBBBF7-B9B3-4833-B795-D0E34D3FA118}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8650E077-448D-098C-FF3A-7A8C180A3707}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
-[...5 lines deleted...]
-        </a:blip>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="91440" y="99060"/>
-          <a:ext cx="10859467" cy="7943850"/>
+          <a:off x="251460" y="182880"/>
+          <a:ext cx="9209645" cy="6858000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{B35D7C94-EFAB-4C15-8DFC-2F1592264CBC}" name="Footnote1" displayName="Footnote1" ref="A14:B23" totalsRowShown="0" headerRowDxfId="72" dataDxfId="70" headerRowBorderDxfId="71" tableBorderDxfId="69" totalsRowBorderDxfId="68">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{B35D7C94-EFAB-4C15-8DFC-2F1592264CBC}" name="Footnote1" displayName="Footnote1" ref="A15:B24" totalsRowShown="0" headerRowDxfId="72" dataDxfId="70" headerRowBorderDxfId="71" tableBorderDxfId="69" totalsRowBorderDxfId="68">
   <tableColumns count="2">
     <tableColumn id="2" xr3:uid="{14561604-44D6-4560-89B6-5206C218199A}" name="Footnote" dataDxfId="67"/>
     <tableColumn id="1" xr3:uid="{888C6EA6-8394-4733-A269-87769917883B}" name="Description" dataDxfId="66"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium1" showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{447327A0-CE12-401E-964E-40A5BEC144B1}" name="Rent" displayName="Rent" ref="A2:H11" totalsRowShown="0" headerRowDxfId="65" dataDxfId="63" headerRowBorderDxfId="64" tableBorderDxfId="62" totalsRowBorderDxfId="61">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{447327A0-CE12-401E-964E-40A5BEC144B1}" name="Rent" displayName="Rent" ref="A2:H12" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11" headerRowBorderDxfId="9" tableBorderDxfId="10" totalsRowBorderDxfId="8">
   <tableColumns count="8">
-    <tableColumn id="2" xr3:uid="{321C9413-941F-4319-8589-391A05234D4D}" name="Lease Offering" dataDxfId="60"/>
-[...6 lines deleted...]
-    <tableColumn id="1" xr3:uid="{0391BFD6-12FF-43C0-87CF-18425E88072D}" name="&gt;2000" dataDxfId="53"/>
+    <tableColumn id="2" xr3:uid="{321C9413-941F-4319-8589-391A05234D4D}" name="Lease Offering" dataDxfId="7"/>
+    <tableColumn id="8" xr3:uid="{37A69D9A-1C19-43CF-B4A9-83CFBA98A493}" name="Sale Date" dataDxfId="6"/>
+    <tableColumn id="7" xr3:uid="{7D49BE5F-7941-4CB5-B8EF-FEA1AD7621BF}" name="0-200" dataDxfId="5"/>
+    <tableColumn id="6" xr3:uid="{E41960A0-7305-4556-AAC0-4D53E3C515FB}" name="200-400" dataDxfId="4"/>
+    <tableColumn id="5" xr3:uid="{EEB1136B-D3B6-4BAC-A242-7C7E580D3130}" name="400-800" dataDxfId="3"/>
+    <tableColumn id="4" xr3:uid="{53D70227-3AB6-4E16-A82F-0701C0572267}" name="800-1600" dataDxfId="2"/>
+    <tableColumn id="3" xr3:uid="{46264D39-3312-48FC-87FC-09D2CCBE0BE2}" name="1600-2000" dataDxfId="1"/>
+    <tableColumn id="1" xr3:uid="{0391BFD6-12FF-43C0-87CF-18425E88072D}" name="&gt;2000" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium1" showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="12" xr:uid="{7B7216F1-005B-4DEF-B38C-BA41E2DF4C51}" name="MinimumBid" displayName="MinimumBid" ref="A2:H10" totalsRowShown="0" headerRowDxfId="52" dataDxfId="50" headerRowBorderDxfId="51" tableBorderDxfId="49" totalsRowBorderDxfId="48">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="12" xr:uid="{7B7216F1-005B-4DEF-B38C-BA41E2DF4C51}" name="MinimumBid" displayName="MinimumBid" ref="A2:H10" totalsRowShown="0" headerRowDxfId="65" dataDxfId="63" headerRowBorderDxfId="64" tableBorderDxfId="62" totalsRowBorderDxfId="61">
   <tableColumns count="8">
-    <tableColumn id="2" xr3:uid="{F66A060C-8F21-4A81-9328-0085C23138DC}" name="Lease Offering" dataDxfId="47"/>
-[...6 lines deleted...]
-    <tableColumn id="1" xr3:uid="{528233D8-5C90-4782-9CD5-54DA5E7E7319}" name="&gt;2000" dataDxfId="40"/>
+    <tableColumn id="2" xr3:uid="{F66A060C-8F21-4A81-9328-0085C23138DC}" name="Lease Offering" dataDxfId="60"/>
+    <tableColumn id="8" xr3:uid="{F56159F1-7420-4589-B3F1-08E74E2A27B1}" name="Sale Date" dataDxfId="59"/>
+    <tableColumn id="7" xr3:uid="{CB9DE418-DA80-4F0B-814C-7CADEE7C0961}" name="0-200" dataDxfId="58"/>
+    <tableColumn id="6" xr3:uid="{BAA1A5B9-0B63-4B89-A3ED-50B45CB25E71}" name="200-400" dataDxfId="57"/>
+    <tableColumn id="5" xr3:uid="{083DFE19-A699-435D-9A16-A616F3D08CA4}" name="400-800" dataDxfId="56"/>
+    <tableColumn id="4" xr3:uid="{4615CAF7-BF9B-461C-80AB-067E18393AB3}" name="800-1600" dataDxfId="55"/>
+    <tableColumn id="3" xr3:uid="{898BECA8-0837-4746-820F-5243DBF81F08}" name="1600-2000" dataDxfId="54"/>
+    <tableColumn id="1" xr3:uid="{528233D8-5C90-4782-9CD5-54DA5E7E7319}" name="&gt;2000" dataDxfId="53"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium1" showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{78AA23CE-C65C-4625-A218-99DAE73B5DC7}" name="RoyaltyRate" displayName="RoyaltyRate" ref="A2:H17" totalsRowShown="0" headerRowDxfId="39" dataDxfId="37" headerRowBorderDxfId="38" tableBorderDxfId="36" totalsRowBorderDxfId="35">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{78AA23CE-C65C-4625-A218-99DAE73B5DC7}" name="RoyaltyRate" displayName="RoyaltyRate" ref="A2:H18" totalsRowShown="0" headerRowDxfId="52" dataDxfId="50" headerRowBorderDxfId="51" tableBorderDxfId="49" totalsRowBorderDxfId="48">
   <tableColumns count="8">
-    <tableColumn id="9" xr3:uid="{340C1DAA-B91E-442C-BA28-0F5B48E3318E}" name="Lease Offering" dataDxfId="34"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{8E13D755-8694-484A-8F23-05A4BE749B78}" name="&gt;2000" dataDxfId="27"/>
+    <tableColumn id="9" xr3:uid="{340C1DAA-B91E-442C-BA28-0F5B48E3318E}" name="Lease Offering" dataDxfId="47"/>
+    <tableColumn id="2" xr3:uid="{B3A9E68B-110A-4BBA-8098-3C303E790369}" name="Sale Date" dataDxfId="46"/>
+    <tableColumn id="3" xr3:uid="{35BEAC1B-721A-46B5-BBA1-C9A10094CEE6}" name="0-200" dataDxfId="45"/>
+    <tableColumn id="4" xr3:uid="{196A2093-10C0-43BA-92BE-179B74345FE6}" name="200-400" dataDxfId="44"/>
+    <tableColumn id="5" xr3:uid="{2D619CC6-C828-4A49-A64F-1FCC93663C46}" name="400-800" dataDxfId="43"/>
+    <tableColumn id="6" xr3:uid="{9F27F113-7CAD-4D46-B48D-43DAC395C2E0}" name="800-1600" dataDxfId="42"/>
+    <tableColumn id="7" xr3:uid="{1CA29ED4-CFED-4472-9BBB-AB3C1C977D06}" name="1600-2000" dataDxfId="41"/>
+    <tableColumn id="8" xr3:uid="{8E13D755-8694-484A-8F23-05A4BE749B78}" name="&gt;2000" dataDxfId="40"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altText="Table 3: Gulf of Mexico OCS Region Oil and Gas Royalty Rate History During Area-Wide Leasing by Water Depth (meters)" altTextSummary="Provides information for the Gulf of Mexico OCS Region Oil and Gas Royalty Rate History During Area-Wide Leasing by Water Depth (meters)"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{9D2CB6BD-801F-4357-B121-FEB63DF33782}" name="Footnote2" displayName="Footnote2" ref="A20:B31" totalsRowShown="0" headerRowDxfId="26" dataDxfId="24" headerRowBorderDxfId="25" tableBorderDxfId="23" totalsRowBorderDxfId="22">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{9D2CB6BD-801F-4357-B121-FEB63DF33782}" name="Footnote2" displayName="Footnote2" ref="A21:B32" totalsRowShown="0" headerRowDxfId="39" dataDxfId="37" headerRowBorderDxfId="38" tableBorderDxfId="36" totalsRowBorderDxfId="35">
   <tableColumns count="2">
-    <tableColumn id="2" xr3:uid="{55C0CCCD-B95E-4D5E-9D91-C612015A4628}" name="Footnote" dataDxfId="21"/>
-    <tableColumn id="1" xr3:uid="{EEB0ED54-554A-4BC2-8DD6-3CDDA0CE78A3}" name="Description" dataDxfId="20"/>
+    <tableColumn id="2" xr3:uid="{55C0CCCD-B95E-4D5E-9D91-C612015A4628}" name="Footnote" dataDxfId="34"/>
+    <tableColumn id="1" xr3:uid="{EEB0ED54-554A-4BC2-8DD6-3CDDA0CE78A3}" name="Description" dataDxfId="33"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium1" showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{010192F6-C64D-4DCB-B7F1-686ACDD17CB6}" name="PrimaryTerm" displayName="PrimaryTerm" ref="A2:H5" totalsRowShown="0" headerRowDxfId="19" dataDxfId="17" headerRowBorderDxfId="18" tableBorderDxfId="16" totalsRowBorderDxfId="15">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{010192F6-C64D-4DCB-B7F1-686ACDD17CB6}" name="PrimaryTerm" displayName="PrimaryTerm" ref="A2:H5" totalsRowShown="0" headerRowDxfId="32" dataDxfId="30" headerRowBorderDxfId="31" tableBorderDxfId="29" totalsRowBorderDxfId="28">
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{203396CE-55CA-4DF9-8471-074563BAFB89}" name="Lease Offering" dataDxfId="14"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{7F534017-E061-45D7-B230-8F8D977E1011}" name="&gt;2000" dataDxfId="7"/>
+    <tableColumn id="1" xr3:uid="{203396CE-55CA-4DF9-8471-074563BAFB89}" name="Lease Offering" dataDxfId="27"/>
+    <tableColumn id="2" xr3:uid="{FC7C3A63-4A2C-44DD-9517-2B780F13EC39}" name="Sale Date" dataDxfId="26"/>
+    <tableColumn id="3" xr3:uid="{3C32D2AE-9D8F-4458-B20C-12774ECEDD6A}" name="0-200" dataDxfId="25"/>
+    <tableColumn id="4" xr3:uid="{7BB80602-B0CB-49B8-987C-FE684BEC67BD}" name="200-400" dataDxfId="24"/>
+    <tableColumn id="5" xr3:uid="{198DFC32-F484-428B-97C8-1BAFD7D08C22}" name="400-800" dataDxfId="23"/>
+    <tableColumn id="6" xr3:uid="{4BE26D84-6A80-48AF-925C-F4BD96C98E86}" name="800-1600" dataDxfId="22"/>
+    <tableColumn id="7" xr3:uid="{865BAE77-936A-49CE-80A6-27C5F14DC175}" name="1600-2000" dataDxfId="21"/>
+    <tableColumn id="8" xr3:uid="{7F534017-E061-45D7-B230-8F8D977E1011}" name="&gt;2000" dataDxfId="20"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altText="Table 1: Gulf of Mexico OCS Region Oil and Gas Rental Rate ($/acres) History During Area-Wide Leasing by Water Depth (meters)" altTextSummary="Provides information for the Gulf of Mexico OCS Region Oil and Gas Rental Rate ($/acres) History During Area-Wide Leasing by Water Depth (meters) "/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table7.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{C92E5D92-DB13-4D19-85B3-65A167ABB967}" name="Footnote3" displayName="Footnote3" ref="A8:B12" totalsRowShown="0" headerRowDxfId="6" dataDxfId="4" headerRowBorderDxfId="5" tableBorderDxfId="3" totalsRowBorderDxfId="2">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{C92E5D92-DB13-4D19-85B3-65A167ABB967}" name="Footnote3" displayName="Footnote3" ref="A8:B12" totalsRowShown="0" headerRowDxfId="19" dataDxfId="17" headerRowBorderDxfId="18" tableBorderDxfId="16" totalsRowBorderDxfId="15">
   <tableColumns count="2">
-    <tableColumn id="2" xr3:uid="{8C599B38-5F70-45DF-A752-B4C31A8F7BF1}" name="Footnote" dataDxfId="1"/>
-    <tableColumn id="1" xr3:uid="{71B1B52D-F1EC-4D69-AAAF-988F4199AB3F}" name="Description" dataDxfId="0"/>
+    <tableColumn id="2" xr3:uid="{8C599B38-5F70-45DF-A752-B4C31A8F7BF1}" name="Footnote" dataDxfId="14"/>
+    <tableColumn id="1" xr3:uid="{71B1B52D-F1EC-4D69-AAAF-988F4199AB3F}" name="Description" dataDxfId="13"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -3188,65 +3198,67 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D28FE23B-4535-47D7-A199-FAFB384D7433}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="E15" sqref="E15"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="16.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="26.6640625" style="1" customWidth="1"/>
     <col min="3" max="4" width="11.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="16384" width="16.5546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="17.399999999999999" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="15" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="15" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="15" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="16" t="s">
@@ -3434,1189 +3446,1246 @@
         <v>22</v>
       </c>
       <c r="B10" s="34" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="27" t="s">
         <v>24</v>
       </c>
       <c r="D10" s="32" t="s">
         <v>25</v>
       </c>
       <c r="E10" s="32" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="32" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="32" t="s">
         <v>27</v>
       </c>
       <c r="H10" s="33" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
-      <c r="A11" s="10" t="s">
+      <c r="A11" s="23" t="s">
+        <v>128</v>
+      </c>
+      <c r="B11" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="C11" s="35" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="35" t="s">
+      <c r="D11" s="35" t="s">
         <v>29</v>
       </c>
-      <c r="C11" s="36" t="s">
+      <c r="E11" s="35" t="s">
         <v>30</v>
       </c>
-      <c r="D11" s="36" t="s">
-[...27 lines deleted...]
-      </c>
+      <c r="F11" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="G11" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="H11" s="36" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A12" s="23" t="s">
+        <v>130</v>
+      </c>
+      <c r="B12" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="C12" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="D12" s="32" t="s">
+        <v>25</v>
+      </c>
+      <c r="E12" s="32" t="s">
+        <v>26</v>
+      </c>
+      <c r="F12" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="G12" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="H12" s="33" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="B13" s="3"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-        <v>36</v>
+    <row r="14" spans="1:8" ht="17.399999999999999" x14ac:dyDescent="0.35">
+      <c r="A14" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="3"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A15" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="4" customFormat="1" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A16" s="8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:2" s="4" customFormat="1" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A17" s="8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:2" s="4" customFormat="1" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A18" s="8">
+        <v>3</v>
+      </c>
+      <c r="B18" s="12" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" s="4" customFormat="1" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A19" s="8">
         <v>4</v>
       </c>
-      <c r="B18" s="12" t="s">
+      <c r="B19" s="12" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" s="4" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A20" s="8">
+        <v>5</v>
+      </c>
+      <c r="B20" s="12" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" s="4" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="8">
+        <v>6</v>
+      </c>
+      <c r="B21" s="12" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="19" spans="1:2" s="4" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B19" s="12" t="s">
+    <row r="22" spans="1:2" s="4" customFormat="1" ht="58.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="8">
+        <v>7</v>
+      </c>
+      <c r="B22" s="12" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="20" spans="1:2" s="4" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B20" s="12" t="s">
+    <row r="23" spans="1:2" s="4" customFormat="1" ht="59.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="8">
+        <v>8</v>
+      </c>
+      <c r="B23" s="12" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="21" spans="1:2" s="4" customFormat="1" ht="58.2" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B21" s="12" t="s">
+    <row r="24" spans="1:2" s="4" customFormat="1" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="10">
+        <v>9</v>
+      </c>
+      <c r="B24" s="13" t="s">
         <v>42</v>
-      </c>
-[...14 lines deleted...]
-        <v>44</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="2">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C9E7A102-6D9B-483D-9C3A-CA1B8F157026}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="21.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="2" width="21.88671875" style="1"/>
     <col min="3" max="3" width="16.88671875" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="16.6640625" style="1" customWidth="1"/>
     <col min="6" max="6" width="14.6640625" style="1" customWidth="1"/>
     <col min="7" max="7" width="18.33203125" style="1" customWidth="1"/>
     <col min="8" max="8" width="14.109375" style="1" customWidth="1"/>
     <col min="9" max="16384" width="21.88671875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="17.399999999999999" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="15" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="15" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="15" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="16" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="8" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B3" s="27" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C3" s="32">
         <v>150</v>
       </c>
       <c r="D3" s="32">
         <v>150</v>
       </c>
       <c r="E3" s="32">
         <v>150</v>
       </c>
       <c r="F3" s="32">
         <v>150</v>
       </c>
       <c r="G3" s="32">
         <v>150</v>
       </c>
       <c r="H3" s="33">
         <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A4" s="8">
         <v>110</v>
       </c>
       <c r="B4" s="34">
         <v>31889</v>
       </c>
       <c r="C4" s="32">
         <v>150</v>
       </c>
       <c r="D4" s="32">
         <v>150</v>
       </c>
       <c r="E4" s="32">
         <v>25</v>
       </c>
       <c r="F4" s="32">
         <v>25</v>
       </c>
       <c r="G4" s="32">
         <v>25</v>
       </c>
       <c r="H4" s="33">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="8" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B5" s="34" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C5" s="32">
         <v>25</v>
       </c>
       <c r="D5" s="32">
         <v>25</v>
       </c>
       <c r="E5" s="32">
         <v>25</v>
       </c>
       <c r="F5" s="32">
         <v>25</v>
       </c>
       <c r="G5" s="32">
         <v>25</v>
       </c>
       <c r="H5" s="33">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" s="8" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B6" s="27" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C6" s="32">
         <v>25</v>
       </c>
       <c r="D6" s="32">
         <v>25</v>
       </c>
       <c r="E6" s="32">
         <v>25</v>
       </c>
       <c r="F6" s="32">
         <v>37.5</v>
       </c>
       <c r="G6" s="32">
         <v>37.5</v>
       </c>
       <c r="H6" s="33">
         <v>37.5</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A7" s="8" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B7" s="27" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C7" s="32">
         <v>25</v>
       </c>
       <c r="D7" s="32">
         <v>25</v>
       </c>
       <c r="E7" s="32">
         <v>37.5</v>
       </c>
       <c r="F7" s="32">
         <v>37.5</v>
       </c>
       <c r="G7" s="32">
         <v>37.5</v>
       </c>
       <c r="H7" s="33">
         <v>37.5</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A8" s="8">
         <v>224</v>
       </c>
       <c r="B8" s="34">
         <v>39526</v>
       </c>
       <c r="C8" s="27"/>
       <c r="D8" s="27"/>
       <c r="E8" s="32"/>
       <c r="F8" s="32">
         <v>37.5</v>
       </c>
       <c r="G8" s="32">
         <v>37.5</v>
       </c>
       <c r="H8" s="33">
         <v>37.5</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="8" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B9" s="27" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C9" s="32">
         <v>25</v>
       </c>
       <c r="D9" s="32">
         <v>25</v>
       </c>
       <c r="E9" s="32">
         <v>37.5</v>
       </c>
       <c r="F9" s="32">
         <v>37.5</v>
       </c>
       <c r="G9" s="32">
         <v>37.5</v>
       </c>
       <c r="H9" s="33">
         <v>37.5</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B10" s="30" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C10" s="36">
+        <v>54</v>
+      </c>
+      <c r="C10" s="35">
         <v>25</v>
       </c>
-      <c r="D10" s="36">
+      <c r="D10" s="35">
         <v>25</v>
       </c>
-      <c r="E10" s="36">
+      <c r="E10" s="35">
         <v>100</v>
       </c>
-      <c r="F10" s="36">
+      <c r="F10" s="35">
         <v>100</v>
       </c>
-      <c r="G10" s="36">
+      <c r="G10" s="35">
         <v>100</v>
       </c>
-      <c r="H10" s="37">
+      <c r="H10" s="36">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{93D46623-1BA1-41D1-B18A-0373606AD734}">
   <sheetPr codeName="Sheet3"/>
-  <dimension ref="A1:H31"/>
+  <dimension ref="A1:H32"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0"/>
+    <sheetView showGridLines="0" topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D22" sqref="D22"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="14.5546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="26.6640625" style="1" customWidth="1"/>
     <col min="3" max="6" width="13.33203125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="14" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="8.6640625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="17.399999999999999" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="15" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="15" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="15" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="16" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="17" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B3" s="18" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C3" s="19">
         <v>0.16669999999999999</v>
       </c>
       <c r="D3" s="19">
         <v>0.16669999999999999</v>
       </c>
       <c r="E3" s="19">
         <v>0.125</v>
       </c>
       <c r="F3" s="19">
         <v>0.125</v>
       </c>
       <c r="G3" s="19">
         <v>0.125</v>
       </c>
       <c r="H3" s="20">
         <v>0.125</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A4" s="17" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B4" s="18" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C4" s="19">
         <v>0.16669999999999999</v>
       </c>
       <c r="D4" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="E4" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" s="19" t="s">
         <v>61</v>
       </c>
-      <c r="E4" s="19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G4" s="19" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H4" s="20" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A5" s="17" t="s">
+        <v>62</v>
+      </c>
+      <c r="B5" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" s="19" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D5" s="19">
         <v>0.16669999999999999</v>
       </c>
       <c r="E5" s="19">
         <v>0.125</v>
       </c>
       <c r="F5" s="19" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G5" s="19" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H5" s="20" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A6" s="17" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B6" s="18" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C6" s="19" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D6" s="19">
         <v>0.16669999999999999</v>
       </c>
       <c r="E6" s="19" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F6" s="19" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G6" s="19" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H6" s="20" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A7" s="17" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" s="19" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
       <c r="D7" s="19">
         <v>0.16669999999999999</v>
       </c>
       <c r="E7" s="19" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F7" s="19" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G7" s="19" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H7" s="20" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A8" s="17">
         <v>196</v>
       </c>
       <c r="B8" s="21">
         <v>38581</v>
       </c>
       <c r="C8" s="19" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D8" s="19">
         <v>0.16669999999999999</v>
       </c>
       <c r="E8" s="19" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F8" s="19" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G8" s="19" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H8" s="20" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A9" s="17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" s="19" t="s">
         <v>76</v>
       </c>
-      <c r="B9" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" s="19" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="E9" s="19" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F9" s="19" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G9" s="19" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H9" s="20" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A10" s="17" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B10" s="18" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" s="19" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" s="19" t="s">
         <v>78</v>
       </c>
-      <c r="D10" s="19" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="19" t="s">
+      <c r="F10" s="19" t="s">
+        <v>79</v>
+      </c>
+      <c r="G10" s="19" t="s">
         <v>80</v>
       </c>
-      <c r="F10" s="19" t="s">
+      <c r="H10" s="20" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" s="17">
         <v>224</v>
       </c>
       <c r="B11" s="21">
         <v>39526</v>
       </c>
       <c r="C11" s="18"/>
       <c r="D11" s="18"/>
       <c r="E11" s="22"/>
       <c r="F11" s="19">
         <v>0.1875</v>
       </c>
       <c r="G11" s="19">
         <v>0.1875</v>
       </c>
       <c r="H11" s="20">
         <v>0.1875</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A12" s="17" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" s="19" t="s">
         <v>84</v>
       </c>
-      <c r="B12" s="18" t="s">
+      <c r="D12" s="19" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" s="19" t="s">
         <v>85</v>
       </c>
-      <c r="C12" s="19" t="s">
+      <c r="F12" s="19" t="s">
         <v>86</v>
       </c>
-      <c r="D12" s="19" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="19" t="s">
+      <c r="G12" s="19" t="s">
         <v>87</v>
       </c>
-      <c r="F12" s="19" t="s">
+      <c r="H12" s="20" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A13" s="17" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" s="19" t="s">
         <v>91</v>
       </c>
-      <c r="B13" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D13" s="19" t="s">
+        <v>84</v>
+      </c>
+      <c r="E13" s="19" t="s">
+        <v>85</v>
+      </c>
+      <c r="F13" s="19" t="s">
         <v>86</v>
       </c>
-      <c r="E13" s="19" t="s">
+      <c r="G13" s="19" t="s">
         <v>87</v>
       </c>
-      <c r="F13" s="19" t="s">
+      <c r="H13" s="20" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A14" s="17" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B14" s="18" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C14" s="19" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D14" s="19" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="E14" s="19">
         <v>0.1875</v>
       </c>
       <c r="F14" s="19">
         <v>0.1875</v>
       </c>
       <c r="G14" s="19">
         <v>0.1875</v>
       </c>
       <c r="H14" s="20">
         <v>0.1875</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A15" s="17" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B15" s="18" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C15" s="19" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D15" s="19" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="E15" s="19">
         <v>0.1875</v>
       </c>
       <c r="F15" s="19">
         <v>0.1875</v>
       </c>
       <c r="G15" s="19">
         <v>0.1875</v>
       </c>
       <c r="H15" s="20">
         <v>0.1875</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A16" s="17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B16" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" s="19" t="s">
         <v>98</v>
       </c>
-      <c r="B16" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" s="19" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="E16" s="19">
         <v>0.1875</v>
       </c>
       <c r="F16" s="19">
         <v>0.1875</v>
       </c>
       <c r="G16" s="19">
         <v>0.1875</v>
       </c>
       <c r="H16" s="20">
         <v>0.1875</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A17" s="23" t="s">
-        <v>28</v>
+        <v>128</v>
       </c>
       <c r="B17" s="24" t="s">
-        <v>101</v>
+        <v>129</v>
       </c>
       <c r="C17" s="25" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D17" s="25" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="E17" s="25">
         <v>0.1875</v>
       </c>
       <c r="F17" s="25">
         <v>0.1875</v>
       </c>
       <c r="G17" s="25">
         <v>0.1875</v>
       </c>
       <c r="H17" s="26">
         <v>0.1875</v>
       </c>
     </row>
-    <row r="19" spans="1:8" ht="17.399999999999999" x14ac:dyDescent="0.35">
-      <c r="A19" s="5" t="s">
+    <row r="18" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A18" s="23" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" s="25" t="s">
+        <v>132</v>
+      </c>
+      <c r="D18" s="25" t="s">
+        <v>132</v>
+      </c>
+      <c r="E18" s="25">
+        <v>0.125</v>
+      </c>
+      <c r="F18" s="25">
+        <v>0.125</v>
+      </c>
+      <c r="G18" s="25">
+        <v>0.125</v>
+      </c>
+      <c r="H18" s="26">
+        <v>0.125</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="17.399999999999999" x14ac:dyDescent="0.35">
+      <c r="A20" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B20" s="3"/>
+    </row>
+    <row r="21" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B21" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="B19" s="3"/>
-[...10 lines deleted...]
-      <c r="A21" s="8">
+    </row>
+    <row r="22" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A22" s="8">
         <v>1</v>
       </c>
-      <c r="B21" s="12" t="s">
+      <c r="B22" s="12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A23" s="8">
+        <v>2</v>
+      </c>
+      <c r="B23" s="12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A24" s="8">
+        <v>3</v>
+      </c>
+      <c r="B24" s="12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A25" s="8">
+        <v>4</v>
+      </c>
+      <c r="B25" s="12" t="s">
         <v>102</v>
-      </c>
-[...30 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" s="8">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B26" s="12" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="8">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B27" s="12" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="8">
+        <v>7</v>
+      </c>
+      <c r="B28" s="12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A29" s="8">
         <v>8</v>
       </c>
-      <c r="B28" s="12" t="s">
-[...8 lines deleted...]
-        <v>110</v>
+      <c r="B29" s="12" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="10">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B30" s="13" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="10">
+        <v>10</v>
+      </c>
+      <c r="B31" s="13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A32" s="10">
         <v>11</v>
       </c>
-      <c r="B31" s="13" t="s">
-        <v>112</v>
+      <c r="B32" s="13" t="s">
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="2">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D399B028-A324-47FD-B41D-5054E94409BD}">
   <sheetPr codeName="Sheet4"/>
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="16.88671875" customWidth="1"/>
     <col min="2" max="2" width="22" bestFit="1" customWidth="1"/>
     <col min="3" max="5" width="8.33203125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.6640625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.6640625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="17.399999999999999" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A2" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="15" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="15" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="15" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="16" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A3" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="B3" s="27" t="s">
+        <v>111</v>
+      </c>
+      <c r="C3" s="28" t="s">
+        <v>112</v>
+      </c>
+      <c r="D3" s="28" t="s">
+        <v>112</v>
+      </c>
+      <c r="E3" s="28" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F3" s="28">
         <v>10</v>
       </c>
       <c r="G3" s="28">
         <v>10</v>
       </c>
       <c r="H3" s="29">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A4" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="B4" s="27" t="s">
+        <v>115</v>
+      </c>
+      <c r="C4" s="28" t="s">
+        <v>112</v>
+      </c>
+      <c r="D4" s="28" t="s">
+        <v>112</v>
+      </c>
+      <c r="E4" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F4" s="27" t="s">
         <v>117</v>
-      </c>
-[...13 lines deleted...]
-        <v>120</v>
       </c>
       <c r="G4" s="27">
         <v>10</v>
       </c>
       <c r="H4" s="9">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A5" s="10" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B5" s="30" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C5" s="31" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D5" s="31" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="E5" s="31" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F5" s="30">
         <v>10</v>
       </c>
       <c r="G5" s="30">
         <v>10</v>
       </c>
       <c r="H5" s="11">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="17.399999999999999" x14ac:dyDescent="0.35">
       <c r="A7" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A8" s="6" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A9" s="8">
         <v>1</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A10" s="8">
         <v>2</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="72" x14ac:dyDescent="0.3">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="72" x14ac:dyDescent="0.3">
       <c r="A12" s="8">
         <v>4</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="2">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3C65C3F7-4797-44C7-87A3-A8EEB7BF0727}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="U8" sqref="U8"/>
+      <selection activeCell="R4" sqref="R4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="3.6640625" customWidth="1"/>
+  </cols>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Rent</vt:lpstr>
       <vt:lpstr>Minimum Bid</vt:lpstr>