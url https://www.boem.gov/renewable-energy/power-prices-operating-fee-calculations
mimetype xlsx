--- v0 (2025-10-18)
+++ v1 (2026-02-26)
@@ -1,578 +1,581 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pollockj\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\J3UK8P70\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://doimspp.sharepoint.com/sites/boem-RenEcon/Shared Documents/General/Operating Fee/Operating Fee Table/2026/Public Posting/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1564A918-5877-4A80-887A-E13C321F4699}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="161" documentId="13_ncr:1_{89F870F9-2466-4131-BE7A-9FA21A215713}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AF66FDAD-B014-4891-AD00-AF438AA4E5A6}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B6192F59-E317-4117-A3DE-C60E339639AB}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025 Summary Prices" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="2023 Summary Prices Archive" sheetId="3" r:id="rId4"/>
+    <sheet name="2026 Summary Prices " sheetId="5" r:id="rId1"/>
+    <sheet name="2026 Detailed Price Info" sheetId="6" r:id="rId2"/>
+    <sheet name="2025 Summary Prices Archive" sheetId="1" r:id="rId3"/>
+    <sheet name="2024 Summary Prices Archive" sheetId="4" r:id="rId4"/>
+    <sheet name="2023 Summary Prices Archive" sheetId="3" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'2025 Detailed Price Info'!$A$1:$E$37</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'2026 Detailed Price Info'!$A$1:$E$44</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Pollock, Jayson S</author>
   </authors>
   <commentList>
     <comment ref="D1" authorId="0" shapeId="0" xr:uid="{E9DCB2E1-F031-478A-B2F5-279F3CD799D4}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>Pollock, Jayson S:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 For operating fee calculations covering the 2024/2025 leasing period (i.e. March 1, 2024 - February 28, 2025).</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Pollock, Jayson S</author>
   </authors>
   <commentList>
     <comment ref="D1" authorId="0" shapeId="0" xr:uid="{11E63FC5-849D-449E-8304-733325A969CB}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>For operating fee calculations covering the 2023/2024 leasing period (i.e. March 1, 2023 - February 28, 2024).</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="317" uniqueCount="109">
   <si>
     <t>Lease</t>
   </si>
   <si>
     <t>Lease Anniversary Date</t>
   </si>
   <si>
+    <t>Power Price: Calendar Year 2025</t>
+  </si>
+  <si>
+    <t>OCS-A-0482</t>
+  </si>
+  <si>
+    <t>OCS-A-0483</t>
+  </si>
+  <si>
+    <t>OCS-A-0486</t>
+  </si>
+  <si>
+    <t>OCS-A-0487</t>
+  </si>
+  <si>
+    <t>OCS-A-0490</t>
+  </si>
+  <si>
+    <t>OCS-A-0498</t>
+  </si>
+  <si>
+    <t>OCS-A-0499</t>
+  </si>
+  <si>
+    <t>OCS-A-0500</t>
+  </si>
+  <si>
+    <t>OCS-A-0501</t>
+  </si>
+  <si>
+    <t>OCS-A-0508</t>
+  </si>
+  <si>
+    <t>OCS-A-0512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OCS-A-0517 </t>
+  </si>
+  <si>
+    <t>OCS-A-0519</t>
+  </si>
+  <si>
+    <t>OCS-A-0520</t>
+  </si>
+  <si>
+    <t>OCS-A-0521</t>
+  </si>
+  <si>
+    <t>OCS-A-0522</t>
+  </si>
+  <si>
+    <t>OCS-A-0532</t>
+  </si>
+  <si>
+    <t>OCS-A-0534</t>
+  </si>
+  <si>
+    <t>OCS-A-0537 </t>
+  </si>
+  <si>
+    <t>OCS-A-0538 </t>
+  </si>
+  <si>
+    <t>OCS-A-0539 </t>
+  </si>
+  <si>
+    <t>OCS-A-0541 </t>
+  </si>
+  <si>
+    <t>OCS-A-0542 </t>
+  </si>
+  <si>
+    <t>OCS-A-0544 </t>
+  </si>
+  <si>
+    <t>OCS-A-0545</t>
+  </si>
+  <si>
+    <t>OCS-A-0546</t>
+  </si>
+  <si>
+    <t>OCS-A-0549</t>
+  </si>
+  <si>
+    <t>OCS-P 0561</t>
+  </si>
+  <si>
+    <t>OCS-P 0562</t>
+  </si>
+  <si>
+    <t>OCS-P 0563</t>
+  </si>
+  <si>
+    <t>OCS-P 0564</t>
+  </si>
+  <si>
+    <t>OCS-P 0565</t>
+  </si>
+  <si>
+    <t>OCS-G 37334</t>
+  </si>
+  <si>
+    <t>OCS-A 0561</t>
+  </si>
+  <si>
+    <t>OCS-A 0557</t>
+  </si>
+  <si>
+    <t>OCS-A 0558</t>
+  </si>
+  <si>
+    <t>OCS-A 0559</t>
+  </si>
+  <si>
+    <t>OCS-A 0562</t>
+  </si>
+  <si>
+    <t>OCS-A 0564</t>
+  </si>
+  <si>
+    <t>OCS-A 0567</t>
+  </si>
+  <si>
+    <t>OCS-A 0568</t>
+  </si>
+  <si>
+    <t>OCS-A 0570</t>
+  </si>
+  <si>
+    <t>Questions regarding the Power Prices for Operating Fee Calculations spreadsheet may be directed to: operatingfee@boem.gov</t>
+  </si>
+  <si>
+    <t>Calculation Source: S&amp;P Global.</t>
+  </si>
+  <si>
+    <t>Current Lessee</t>
+  </si>
+  <si>
+    <t>Lease Price Requirement (Addendum B)</t>
+  </si>
+  <si>
+    <t>On-the-Hour Average Price (2025 Annual Avg)*</t>
+  </si>
+  <si>
+    <t>GSOE I, LLC</t>
+  </si>
+  <si>
+    <t>PJM AECO (Zone)</t>
+  </si>
+  <si>
+    <t>Virginia Electric and Power Company</t>
+  </si>
+  <si>
+    <t>PJM Dom (Zone)</t>
+  </si>
+  <si>
+    <t>Revolution Wind, LLC</t>
+  </si>
+  <si>
+    <t>ISO New England Massachusetts Hub (.H.Internal_hub)</t>
+  </si>
+  <si>
+    <t>Sunrise Wind LLC</t>
+  </si>
+  <si>
+    <t>US Wind Inc.</t>
+  </si>
+  <si>
+    <t>PJM DPL (Zone)</t>
+  </si>
+  <si>
+    <t>Ocean Wind LLC</t>
+  </si>
+  <si>
+    <t>PJM JCP&amp;L (Zone)</t>
+  </si>
+  <si>
+    <t>Atlantic Shores Offshore Wind Project 1, LLC</t>
+  </si>
+  <si>
+    <t>Bay State Wind LLC</t>
+  </si>
+  <si>
+    <t>Vineyard Wind 1 LLC</t>
+  </si>
+  <si>
+    <t>Kitty Hawk Wind, LLC</t>
+  </si>
+  <si>
+    <t>Empire Offshore Wind LLC</t>
+  </si>
+  <si>
+    <t>NYISO NYC Zone J (NYC Zone)</t>
+  </si>
+  <si>
+    <t>South Fork Wind, LLC</t>
+  </si>
+  <si>
+    <t>Skipjack Offshore Energy, LLC</t>
+  </si>
+  <si>
+    <t>Beacon Wind LLC</t>
+  </si>
+  <si>
+    <t>SouthCoast Wind Energy LL</t>
+  </si>
+  <si>
+    <t>Vineyard Northeast LLC</t>
+  </si>
+  <si>
+    <t>Orsted North America Inc.</t>
+  </si>
+  <si>
+    <t>Park City Wind LLC</t>
+  </si>
+  <si>
+    <t>Bluepoint Wind, LLC</t>
+  </si>
+  <si>
+    <t>NYISO NYC-J</t>
+  </si>
+  <si>
+    <t>Attentive Energy LLC</t>
+  </si>
+  <si>
+    <t>Community Offshore Wind, LLC</t>
+  </si>
+  <si>
+    <t>Atlantic Shores Offshore Wind Bight, LLC</t>
+  </si>
+  <si>
+    <t>Invenergy Wind Offshore LLC</t>
+  </si>
+  <si>
+    <t>Vineyard Mid-Atlantic LLC</t>
+  </si>
+  <si>
+    <t>TotalEnergies Renewables USA LLC</t>
+  </si>
+  <si>
+    <t>VACAR average price</t>
+  </si>
+  <si>
+    <t>Cinergy Corp</t>
+  </si>
+  <si>
+    <t>Atlantic Shores Offshore Wind, LLC</t>
+  </si>
+  <si>
+    <t>RWE Offshore Wind Holdings, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAISO North of Path 15 (NP15) </t>
+  </si>
+  <si>
+    <t>California North Floating LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equinor Wind US LLC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Golden State Wind LLC	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invenergy California Offshore LLC	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RWE Offshore US Gulf, LLC	</t>
+  </si>
+  <si>
+    <t>Louisiana MISO Hub</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Commonwealth Wind, LLC </t>
+  </si>
+  <si>
+    <t>Equinor Wind US, LLC</t>
+  </si>
+  <si>
+    <t>PJM DOM (Zone)</t>
+  </si>
+  <si>
+    <t>Commonwealth Wind, LLC</t>
+  </si>
+  <si>
+    <t>Invenergy NE Offshore Wind LLC</t>
+  </si>
+  <si>
+    <t>Avangrid Renewables, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Atlantic Shores Offshore Wind Project 2, LLC </t>
+  </si>
+  <si>
+    <t>Notes:</t>
+  </si>
+  <si>
+    <t>* All prices are LMP prices except for VACAR sourced prices. VACAR is a forecasted average price ($/MWh) based on S&amp;P Global data.</t>
+  </si>
+  <si>
+    <t>Power Price: Calendar Year 2024</t>
+  </si>
+  <si>
     <t>Power Price: Calendar Year 2023</t>
   </si>
   <si>
     <t>Power Price: Calendar Year 2023 w/Inflation Adjustment</t>
   </si>
   <si>
-    <t>OCS-A-0482</t>
-[...55 lines deleted...]
-  <si>
     <t>-</t>
   </si>
   <si>
-    <t>OCS-A-0538 </t>
-[...189 lines deleted...]
-    <t>Notes:</t>
+    <t>Calculation Source: Hitachi Energy's Velocity Suite.</t>
   </si>
   <si>
     <t>Power Price: Calendar Year 2022</t>
   </si>
   <si>
     <t>Power Price: Calendar Year 2022 w/Inflation Adjustment</t>
-  </si>
-[...41 lines deleted...]
-    <t>Calculation Source: Hitachi Energy's Velocity Suite.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
-[...4 lines deleted...]
-    <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
-      <charset val="1"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="8"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -631,233 +634,256 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="46">
+  <cellXfs count="50">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...22 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="4" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="10" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="4" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="21">
+  <dxfs count="26">
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color rgb="FF000000"/>
         </left>
         <right style="thin">
           <color rgb="FF000000"/>
         </right>
         <top style="thin">
           <color rgb="FF000000"/>
         </top>
         <bottom style="thin">
           <color rgb="FF000000"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
@@ -963,220 +989,50 @@
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="2" tint="-0.499984740745262"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
-      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...168 lines deleted...]
-    <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
         <vertical style="thin">
           <color indexed="64"/>
         </vertical>
         <horizontal style="thin">
           <color indexed="64"/>
         </horizontal>
@@ -1284,94 +1140,427 @@
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="2" tint="-0.499984740745262"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
         <vertical style="thin">
           <color indexed="64"/>
         </vertical>
         <horizontal style="thin">
           <color indexed="64"/>
         </horizontal>
       </border>
     </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color rgb="FF000000"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color rgb="FF000000"/>
+        </left>
+        <right style="thin">
+          <color rgb="FF000000"/>
+        </right>
+        <top style="thin">
+          <color rgb="FF000000"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FF000000"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color rgb="FF000000"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="2" tint="-0.499984740745262"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color rgb="FF000000"/>
+        </left>
+        <top style="thin">
+          <color rgb="FF000000"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="2" tint="-0.499984740745262"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{9ABB2625-50ED-4DFE-A82D-0492D1F02415}" name="Price_Summary" displayName="Price_Summary" ref="A1:C37" totalsRowShown="0" headerRowDxfId="20" tableBorderDxfId="19">
-  <autoFilter ref="A1:C37" xr:uid="{9ABB2625-50ED-4DFE-A82D-0492D1F02415}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{41C1831B-4B35-4C3D-A3BF-C16DAF6C4765}" name="Price_Summary4" displayName="Price_Summary4" ref="A1:C44" totalsRowShown="0" headerRowDxfId="25" tableBorderDxfId="24">
+  <autoFilter ref="A1:C44" xr:uid="{9ABB2625-50ED-4DFE-A82D-0492D1F02415}"/>
   <tableColumns count="3">
-    <tableColumn id="1" xr3:uid="{2A6BA3A2-4490-4084-A751-A1F7F80E3750}" name="Lease" dataDxfId="18"/>
-[...1 lines deleted...]
-    <tableColumn id="3" xr3:uid="{0A4C2E09-47B3-41E0-8201-C720318762D0}" name="Power Price: Calendar Year 2024" dataDxfId="16"/>
+    <tableColumn id="1" xr3:uid="{DB2167AC-7301-42C7-8BBA-777626170AC9}" name="Lease" dataDxfId="23"/>
+    <tableColumn id="2" xr3:uid="{BF50A6A8-F9C3-436C-8A10-C32EBEBA3585}" name="Lease Anniversary Date" dataDxfId="22"/>
+    <tableColumn id="3" xr3:uid="{A1729E15-4B38-4C75-A8B3-9F98B6626356}" name="Power Price: Calendar Year 2025" dataDxfId="21"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{7812FF9D-2522-4865-AE2E-4B059B5D6CEA}" name="Detailed_Price_Info" displayName="Detailed_Price_Info" ref="A1:E37" totalsRowShown="0" headerRowDxfId="15" dataDxfId="13" headerRowBorderDxfId="14" tableBorderDxfId="12" totalsRowBorderDxfId="11">
-  <autoFilter ref="A1:E37" xr:uid="{D9738BF1-8F16-41F6-AC76-499DE745BB6E}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{2A5D53E9-9A89-4A22-9007-37F19566032E}" name="Detailed_Price_Info6" displayName="Detailed_Price_Info6" ref="A1:E44" totalsRowShown="0" headerRowDxfId="20" dataDxfId="18" headerRowBorderDxfId="19" tableBorderDxfId="17" totalsRowBorderDxfId="16">
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{EBFE98D0-3112-4714-90C1-0AF724CBD548}" name="Lease" dataDxfId="10"/>
-[...3 lines deleted...]
-    <tableColumn id="8" xr3:uid="{AEA0C285-9D37-44E7-93C3-0C3A794C70C9}" name="On-the-Hour Average Price (2024 Annual Avg)*" dataDxfId="6" dataCellStyle="Currency"/>
+    <tableColumn id="1" xr3:uid="{C253CFC0-E289-4802-935E-A50B6457833E}" name="Lease" dataDxfId="15"/>
+    <tableColumn id="2" xr3:uid="{5AB79618-B63F-453D-8562-904F5BEEB32B}" name="Current Lessee" dataDxfId="14"/>
+    <tableColumn id="5" xr3:uid="{A0D99D11-CA2F-4AB8-9BC3-7276124268D4}" name="Lease Anniversary Date" dataDxfId="13"/>
+    <tableColumn id="7" xr3:uid="{339A7AFC-0820-41E9-8ADB-401DAB6451C4}" name="Lease Price Requirement (Addendum B)" dataDxfId="12"/>
+    <tableColumn id="8" xr3:uid="{7F98146B-B1BD-4EC5-8D60-DEE4864F2EF1}" name="On-the-Hour Average Price (2025 Annual Avg)*" dataDxfId="11" dataCellStyle="Currency"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{9ABB2625-50ED-4DFE-A82D-0492D1F02415}" name="Price_Summary" displayName="Price_Summary" ref="A1:C37" totalsRowShown="0" headerRowDxfId="10" tableBorderDxfId="9">
+  <autoFilter ref="A1:C37" xr:uid="{9ABB2625-50ED-4DFE-A82D-0492D1F02415}"/>
+  <tableColumns count="3">
+    <tableColumn id="1" xr3:uid="{2A6BA3A2-4490-4084-A751-A1F7F80E3750}" name="Lease" dataDxfId="8"/>
+    <tableColumn id="2" xr3:uid="{F5305180-563E-4004-8E2B-E776ABA4FC4E}" name="Lease Anniversary Date" dataDxfId="7"/>
+    <tableColumn id="3" xr3:uid="{0A4C2E09-47B3-41E0-8201-C720318762D0}" name="Power Price: Calendar Year 2024" dataDxfId="6"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{EFC6C90A-5DF0-4A0D-B8B3-B54D226D63C3}" name="Price_Summary5" displayName="Price_Summary5" ref="A1:D28" totalsRowShown="0" headerRowDxfId="5" tableBorderDxfId="4">
   <autoFilter ref="A1:D28" xr:uid="{EFC6C90A-5DF0-4A0D-B8B3-B54D226D63C3}"/>
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{970C3E8F-5478-4E17-BC35-235D4D49E1B0}" name="Lease" dataDxfId="3"/>
     <tableColumn id="2" xr3:uid="{9A6C9B6D-3EC1-475F-BBC1-4B1583293D0F}" name="Lease Anniversary Date" dataDxfId="2"/>
     <tableColumn id="3" xr3:uid="{C516D4F3-6016-4B59-AC71-29FC1A5D0465}" name="Power Price: Calendar Year 2022" dataDxfId="1"/>
     <tableColumn id="4" xr3:uid="{01CFD582-DB06-44DC-B03B-969BD3FDB86C}" name="Power Price: Calendar Year 2022 w/Inflation Adjustment" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -1644,2101 +1833,2783 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8754E7D-8347-46E2-B003-C0380D644E17}">
-  <dimension ref="A1:C40"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{101D29CA-F67D-42BE-BB4E-4BAB0099B77C}">
+  <dimension ref="A1:C48"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="3" width="18.7109375" style="3" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="41" t="s">
+      <c r="A1" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="41" t="s">
+      <c r="B1" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="41" t="s">
-        <v>95</v>
+      <c r="C1" s="29" t="s">
+        <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="42" t="s">
-        <v>4</v>
+      <c r="A2" s="23" t="s">
+        <v>3</v>
       </c>
       <c r="B2" s="14">
         <v>41244</v>
       </c>
-      <c r="C2" s="43">
-        <v>27.52</v>
+      <c r="C2" s="37">
+        <v>41.02</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B3" s="2">
         <v>41579</v>
       </c>
-      <c r="C3" s="43">
-        <v>36.15</v>
+      <c r="C3" s="37">
+        <v>60.68</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A4" s="42" t="s">
-        <v>6</v>
+      <c r="A4" s="23" t="s">
+        <v>5</v>
       </c>
       <c r="B4" s="14">
         <v>41548</v>
       </c>
-      <c r="C4" s="43">
-        <v>39.5</v>
+      <c r="C4" s="37">
+        <v>65.88</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="5" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B5" s="2">
         <v>41548</v>
       </c>
-      <c r="C5" s="43">
-        <v>39.5</v>
+      <c r="C5" s="37">
+        <v>65.88</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A6" s="42" t="s">
-        <v>8</v>
+      <c r="A6" s="23" t="s">
+        <v>7</v>
       </c>
       <c r="B6" s="14">
         <v>41974</v>
       </c>
-      <c r="C6" s="43">
-        <v>30.94</v>
+      <c r="C6" s="37">
+        <v>47.09</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="5" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B7" s="2">
         <v>42430</v>
       </c>
-      <c r="C7" s="43">
-        <v>27.67</v>
+      <c r="C7" s="37">
+        <v>41.27</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A8" s="42" t="s">
-        <v>10</v>
+      <c r="A8" s="23" t="s">
+        <v>9</v>
       </c>
       <c r="B8" s="14">
         <v>42430</v>
       </c>
-      <c r="C8" s="43">
-        <v>27.52</v>
+      <c r="C8" s="37">
+        <v>41.02</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B9" s="2">
         <v>42095</v>
       </c>
-      <c r="C9" s="43">
-        <v>39.5</v>
+      <c r="C9" s="37">
+        <v>65.88</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A10" s="42" t="s">
-        <v>12</v>
+      <c r="A10" s="23" t="s">
+        <v>11</v>
       </c>
       <c r="B10" s="14">
         <v>42095</v>
       </c>
-      <c r="C10" s="43">
-        <v>39.5</v>
+      <c r="C10" s="37">
+        <v>65.88</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B11" s="2">
         <v>43040</v>
       </c>
-      <c r="C11" s="43">
-        <v>36.15</v>
+      <c r="C11" s="37">
+        <v>60.68</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A12" s="42" t="s">
-        <v>14</v>
+      <c r="A12" s="23" t="s">
+        <v>13</v>
       </c>
       <c r="B12" s="14">
         <v>42826</v>
       </c>
-      <c r="C12" s="43">
-        <v>39.44</v>
+      <c r="C12" s="37">
+        <v>67.040000000000006</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B13" s="2">
         <v>41548</v>
       </c>
-      <c r="C13" s="43">
-        <v>39.5</v>
+      <c r="C13" s="37">
+        <v>65.88</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A14" s="42" t="s">
-        <v>16</v>
+      <c r="A14" s="23" t="s">
+        <v>15</v>
       </c>
       <c r="B14" s="14">
         <v>41244</v>
       </c>
-      <c r="C14" s="43">
-        <v>30.94</v>
+      <c r="C14" s="37">
+        <v>47.09</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B15" s="2">
         <v>43556</v>
       </c>
-      <c r="C15" s="43">
-        <v>39.5</v>
+      <c r="C15" s="37">
+        <v>65.88</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A16" s="42" t="s">
-        <v>18</v>
+      <c r="A16" s="23" t="s">
+        <v>17</v>
       </c>
       <c r="B16" s="14">
         <v>43556</v>
       </c>
-      <c r="C16" s="43">
-        <v>39.5</v>
+      <c r="C16" s="37">
+        <v>65.88</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B17" s="2">
         <v>43556</v>
       </c>
-      <c r="C17" s="43">
-        <v>39.5</v>
+      <c r="C17" s="37">
+        <v>65.88</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A18" s="42" t="s">
-        <v>20</v>
+      <c r="A18" s="23" t="s">
+        <v>19</v>
       </c>
       <c r="B18" s="14">
         <v>42430</v>
       </c>
-      <c r="C18" s="43">
-        <v>27.67</v>
+      <c r="C18" s="37">
+        <v>41.27</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B19" s="2">
         <v>42095</v>
       </c>
-      <c r="C19" s="43">
-        <v>39.5</v>
+      <c r="C19" s="37">
+        <v>65.88</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A20" s="42" t="s">
-        <v>22</v>
+      <c r="A20" s="23" t="s">
+        <v>21</v>
       </c>
       <c r="B20" s="14">
         <v>44682</v>
       </c>
-      <c r="C20" s="43">
-        <v>39.44</v>
+      <c r="C20" s="37">
+        <v>67.040000000000006</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B21" s="2">
         <v>44682</v>
       </c>
-      <c r="C21" s="43">
-        <v>39.44</v>
+      <c r="C21" s="37">
+        <v>67.040000000000006</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A22" s="42" t="s">
-        <v>25</v>
+      <c r="A22" s="23" t="s">
+        <v>23</v>
       </c>
       <c r="B22" s="14">
         <v>44682</v>
       </c>
-      <c r="C22" s="43">
-        <v>39.44</v>
+      <c r="C22" s="37">
+        <v>67.040000000000006</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B23" s="2">
         <v>44682</v>
       </c>
-      <c r="C23" s="43">
-        <v>39.44</v>
+      <c r="C23" s="37">
+        <v>67.040000000000006</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A24" s="42" t="s">
-        <v>27</v>
+      <c r="A24" s="23" t="s">
+        <v>25</v>
       </c>
       <c r="B24" s="14">
         <v>44682</v>
       </c>
-      <c r="C24" s="43">
-        <v>39.44</v>
+      <c r="C24" s="37">
+        <v>67.040000000000006</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" s="5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B25" s="2">
         <v>44682</v>
       </c>
-      <c r="C25" s="43">
-        <v>39.44</v>
+      <c r="C25" s="37">
+        <v>67.040000000000006</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A26" s="42" t="s">
-        <v>29</v>
+      <c r="A26" s="23" t="s">
+        <v>27</v>
       </c>
       <c r="B26" s="14">
         <v>44713</v>
       </c>
-      <c r="C26" s="43">
-        <v>44.88</v>
+      <c r="C26" s="37">
+        <v>43.6</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B27" s="2">
         <v>44713</v>
       </c>
-      <c r="C27" s="43">
-        <v>44.88</v>
+      <c r="C27" s="37">
+        <v>43.6</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A28" s="42" t="s">
-        <v>31</v>
+      <c r="A28" s="23" t="s">
+        <v>29</v>
       </c>
       <c r="B28" s="14">
         <v>42430</v>
       </c>
-      <c r="C28" s="43">
-        <v>27.67</v>
+      <c r="C28" s="37">
+        <v>41.27</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A29" s="5" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B29" s="2">
         <v>45078</v>
       </c>
-      <c r="C29" s="43">
-        <v>39.14</v>
+      <c r="C29" s="37">
+        <v>36.65</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A30" s="42" t="s">
-        <v>33</v>
+      <c r="A30" s="23" t="s">
+        <v>31</v>
       </c>
       <c r="B30" s="14">
         <v>45078</v>
       </c>
-      <c r="C30" s="43">
-        <v>39.14</v>
+      <c r="C30" s="37">
+        <v>36.65</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A31" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B31" s="2">
         <v>45078</v>
       </c>
-      <c r="C31" s="43">
-        <v>39.14</v>
+      <c r="C31" s="37">
+        <v>36.65</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A32" s="42" t="s">
-        <v>35</v>
+      <c r="A32" s="23" t="s">
+        <v>33</v>
       </c>
       <c r="B32" s="14">
         <v>45078</v>
       </c>
-      <c r="C32" s="43">
-        <v>39.14</v>
+      <c r="C32" s="37">
+        <v>36.65</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A33" s="5" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B33" s="2">
         <v>45078</v>
       </c>
-      <c r="C33" s="43">
-        <v>39.14</v>
+      <c r="C33" s="37">
+        <v>36.65</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A34" s="42" t="s">
-        <v>37</v>
+      <c r="A34" s="23" t="s">
+        <v>35</v>
       </c>
       <c r="B34" s="14">
         <v>45231</v>
       </c>
-      <c r="C34" s="43">
-        <v>26.1</v>
+      <c r="C34" s="37">
+        <v>40.130000000000003</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A35" s="44" t="s">
-        <v>87</v>
+      <c r="A35" s="33" t="s">
+        <v>36</v>
       </c>
       <c r="B35" s="2">
         <v>42095</v>
       </c>
-      <c r="C35" s="45">
-        <v>39.5</v>
+      <c r="C35" s="37">
+        <v>65.88</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A36" s="42" t="s">
-        <v>91</v>
+      <c r="A36" s="23" t="s">
+        <v>37</v>
       </c>
       <c r="B36" s="14">
         <v>45597</v>
       </c>
-      <c r="C36" s="45">
-        <v>30.94</v>
+      <c r="C36" s="37">
+        <v>47.09</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A37" s="44" t="s">
-        <v>92</v>
+      <c r="A37" s="33" t="s">
+        <v>38</v>
       </c>
       <c r="B37" s="2">
         <v>45597</v>
       </c>
-      <c r="C37" s="45">
-        <v>36.15</v>
+      <c r="C37" s="37">
+        <v>60.68</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A38" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="B38" s="40">
+        <v>43040</v>
+      </c>
+      <c r="C38" s="37">
+        <v>60.68</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A39" s="3" t="s">
-        <v>38</v>
+      <c r="A39" s="46" t="s">
+        <v>36</v>
+      </c>
+      <c r="B39" s="36">
+        <v>42095</v>
+      </c>
+      <c r="C39" s="37">
+        <v>65.88</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A40" t="s">
-        <v>96</v>
+      <c r="A40" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="B40" s="40">
+        <v>45627</v>
+      </c>
+      <c r="C40" s="37">
+        <v>65.88</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A41" s="46" t="s">
+        <v>41</v>
+      </c>
+      <c r="B41" s="36">
+        <v>45627</v>
+      </c>
+      <c r="C41" s="37">
+        <v>65.88</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A42" s="23" t="s">
+        <v>42</v>
+      </c>
+      <c r="B42" s="40">
+        <v>45627</v>
+      </c>
+      <c r="C42" s="37">
+        <v>65.88</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A43" s="46" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="36">
+        <v>45627</v>
+      </c>
+      <c r="C43" s="37">
+        <v>65.88</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A44" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="40">
+        <v>42430</v>
+      </c>
+      <c r="C44" s="37">
+        <v>41.02</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A45" s="31"/>
+      <c r="B45" s="32"/>
+      <c r="C45" s="28"/>
+    </row>
+    <row r="46" spans="1:3" ht="46.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="48" t="s">
+        <v>45</v>
+      </c>
+      <c r="B46" s="49"/>
+      <c r="C46" s="49"/>
+    </row>
+    <row r="48" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C39">
-[...2 lines deleted...]
-  <phoneticPr fontId="9" type="noConversion"/>
+  <mergeCells count="1">
+    <mergeCell ref="A46:C46"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9738BF1-8F16-41F6-AC76-499DE745BB6E}">
-  <dimension ref="A1:E40"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8BA6F021-4A9C-45A0-871C-ED9729EEE876}">
+  <dimension ref="A1:E47"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.7109375" style="1" customWidth="1"/>
-    <col min="2" max="2" width="28.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="42.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="18.7109375" style="1" customWidth="1"/>
-    <col min="4" max="4" width="28.85546875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="54.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="18.7109375" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="12" t="s">
-        <v>94</v>
+        <v>48</v>
       </c>
       <c r="E1" s="12" t="s">
-        <v>85</v>
+        <v>49</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="13" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B2" s="15" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="C2" s="14">
         <v>41244</v>
       </c>
       <c r="D2" s="15" t="s">
-        <v>41</v>
-[...5 lines deleted...]
-    <row r="3" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+        <v>51</v>
+      </c>
+      <c r="E2" s="25">
+        <v>41.02</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="7" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="C3" s="2">
         <v>41579</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-    <row r="4" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+        <v>53</v>
+      </c>
+      <c r="E3" s="26">
+        <v>60.68</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="13" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B4" s="15" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="C4" s="14">
         <v>41548</v>
       </c>
       <c r="D4" s="15" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-    <row r="5" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+      <c r="E4" s="25">
+        <v>65.88</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="C5" s="2">
         <v>41548</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>39.5</v>
+        <v>55</v>
+      </c>
+      <c r="E5" s="26">
+        <v>65.88</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="13" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B6" s="15" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="C6" s="14">
         <v>41974</v>
       </c>
       <c r="D6" s="15" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>30.94</v>
+        <v>58</v>
+      </c>
+      <c r="E6" s="25">
+        <v>47.09</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="C7" s="2">
         <v>42430</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+        <v>60</v>
+      </c>
+      <c r="E7" s="26">
+        <v>41.27</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="13" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B8" s="15" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="C8" s="14">
         <v>42430</v>
       </c>
       <c r="D8" s="15" t="s">
-        <v>41</v>
-[...5 lines deleted...]
-    <row r="9" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+        <v>51</v>
+      </c>
+      <c r="E8" s="25">
+        <v>41.02</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="C9" s="2">
         <v>42095</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-    <row r="10" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+      <c r="E9" s="26">
+        <v>65.88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B10" s="15" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="C10" s="14">
         <v>42095</v>
       </c>
       <c r="D10" s="15" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-    <row r="11" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+      <c r="E10" s="25">
+        <v>65.88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="C11" s="2">
         <v>43040</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>36.15</v>
+        <v>53</v>
+      </c>
+      <c r="E11" s="26">
+        <v>60.68</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="13" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B12" s="15" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C12" s="14">
         <v>42826</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+        <v>66</v>
+      </c>
+      <c r="E12" s="25">
+        <v>67.040000000000006</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="C13" s="2">
         <v>41548</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>39.5</v>
+        <v>55</v>
+      </c>
+      <c r="E13" s="26">
+        <v>65.88</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="13" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B14" s="15" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="C14" s="14">
         <v>41244</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+        <v>58</v>
+      </c>
+      <c r="E14" s="25">
+        <v>47.09</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="C15" s="2">
         <v>43556</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+      <c r="E15" s="26">
+        <v>65.88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="13" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B16" s="15" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="C16" s="14">
         <v>43556</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-    <row r="17" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+      <c r="E16" s="25">
+        <v>65.88</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="C17" s="2">
         <v>43556</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>39.5</v>
+        <v>55</v>
+      </c>
+      <c r="E17" s="26">
+        <v>65.88</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="13" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B18" s="15" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C18" s="14">
         <v>42430</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-    <row r="19" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+        <v>60</v>
+      </c>
+      <c r="E18" s="25">
+        <v>41.27</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="C19" s="2">
         <v>42095</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>39.5</v>
+        <v>55</v>
+      </c>
+      <c r="E19" s="26">
+        <v>65.88</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="13" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B20" s="15" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="C20" s="14">
         <v>44682</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>39.44</v>
+        <v>75</v>
+      </c>
+      <c r="E20" s="27">
+        <v>67.040000000000006</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="7" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="C21" s="2">
         <v>44682</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+      <c r="E21" s="27">
+        <v>67.040000000000006</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="13" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B22" s="15" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="C22" s="14">
         <v>44682</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+      <c r="E22" s="27">
+        <v>67.040000000000006</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="7" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="C23" s="2">
         <v>44682</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>39.44</v>
+        <v>75</v>
+      </c>
+      <c r="E23" s="27">
+        <v>67.040000000000006</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="13" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B24" s="15" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="C24" s="14">
         <v>44682</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>39.44</v>
+        <v>75</v>
+      </c>
+      <c r="E24" s="27">
+        <v>67.040000000000006</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="7" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="C25" s="2">
         <v>44682</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-    <row r="26" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+      <c r="E25" s="27">
+        <v>67.040000000000006</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="13" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B26" s="15" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="C26" s="14">
         <v>44713</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>44.88</v>
+        <v>82</v>
+      </c>
+      <c r="E26" s="27">
+        <v>43.6</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="7" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="C27" s="2">
         <v>44713</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-    <row r="28" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+        <v>82</v>
+      </c>
+      <c r="E27" s="27">
+        <v>43.6</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="13" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B28" s="15" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="C28" s="14">
         <v>42430</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+        <v>60</v>
+      </c>
+      <c r="E28" s="25">
+        <v>41.27</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="C29" s="2">
         <v>45078</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>39.14</v>
+        <v>86</v>
+      </c>
+      <c r="E29" s="27">
+        <v>36.65</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B30" s="15" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="C30" s="14">
         <v>45078</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>39.14</v>
+        <v>86</v>
+      </c>
+      <c r="E30" s="25">
+        <v>36.65</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="C31" s="2">
         <v>45078</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>39.14</v>
+        <v>86</v>
+      </c>
+      <c r="E31" s="27">
+        <v>36.65</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A32" s="13" t="s">
+      <c r="A32" s="42" t="s">
+        <v>33</v>
+      </c>
+      <c r="B32" s="43" t="s">
+        <v>89</v>
+      </c>
+      <c r="C32" s="44">
+        <v>45078</v>
+      </c>
+      <c r="D32" s="43" t="s">
+        <v>86</v>
+      </c>
+      <c r="E32" s="45">
+        <v>36.65</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" s="34" t="s">
+        <v>34</v>
+      </c>
+      <c r="B33" s="35" t="s">
+        <v>90</v>
+      </c>
+      <c r="C33" s="36">
+        <v>45078</v>
+      </c>
+      <c r="D33" s="34" t="s">
+        <v>86</v>
+      </c>
+      <c r="E33" s="37">
+        <v>36.65</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" s="38" t="s">
         <v>35</v>
       </c>
-      <c r="B32" s="15" t="s">
-[...13 lines deleted...]
-      <c r="A33" s="7" t="s">
+      <c r="B34" s="39" t="s">
+        <v>91</v>
+      </c>
+      <c r="C34" s="40">
+        <v>45231</v>
+      </c>
+      <c r="D34" s="39" t="s">
+        <v>92</v>
+      </c>
+      <c r="E34" s="41">
+        <v>40.130000000000003</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="34" t="s">
         <v>36</v>
       </c>
-      <c r="B33" s="4" t="s">
-[...13 lines deleted...]
-      <c r="A34" s="13" t="s">
+      <c r="B35" s="35" t="s">
+        <v>93</v>
+      </c>
+      <c r="C35" s="36">
+        <v>42095</v>
+      </c>
+      <c r="D35" s="34" t="s">
+        <v>55</v>
+      </c>
+      <c r="E35" s="37">
+        <v>65.88</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A36" s="38" t="s">
         <v>37</v>
       </c>
-      <c r="B34" s="15" t="s">
-[...19 lines deleted...]
-      <c r="C35" s="2">
+      <c r="B36" s="39" t="s">
+        <v>94</v>
+      </c>
+      <c r="C36" s="40">
+        <v>45597</v>
+      </c>
+      <c r="D36" s="39" t="s">
+        <v>58</v>
+      </c>
+      <c r="E36" s="41">
+        <v>47.09</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A37" s="34" t="s">
+        <v>38</v>
+      </c>
+      <c r="B37" s="35" t="s">
+        <v>52</v>
+      </c>
+      <c r="C37" s="36">
+        <v>45597</v>
+      </c>
+      <c r="D37" s="34" t="s">
+        <v>95</v>
+      </c>
+      <c r="E37" s="37">
+        <v>60.68</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="47" t="s">
+        <v>39</v>
+      </c>
+      <c r="B38" s="47" t="s">
+        <v>52</v>
+      </c>
+      <c r="C38" s="40">
+        <v>43040</v>
+      </c>
+      <c r="D38" s="47" t="s">
+        <v>95</v>
+      </c>
+      <c r="E38" s="37">
+        <v>60.68</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A39" s="34" t="s">
+        <v>36</v>
+      </c>
+      <c r="B39" s="35" t="s">
+        <v>96</v>
+      </c>
+      <c r="C39" s="36">
         <v>42095</v>
       </c>
-      <c r="D35" s="5" t="s">
-[...42 lines deleted...]
-        <v>82</v>
+      <c r="D39" s="34" t="s">
+        <v>55</v>
+      </c>
+      <c r="E39" s="37">
+        <v>65.88</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A40" s="3" t="s">
+      <c r="A40" s="47" t="s">
+        <v>40</v>
+      </c>
+      <c r="B40" s="47" t="s">
         <v>97</v>
+      </c>
+      <c r="C40" s="40">
+        <v>45627</v>
+      </c>
+      <c r="D40" s="47" t="s">
+        <v>55</v>
+      </c>
+      <c r="E40" s="37">
+        <v>65.88</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A41" s="34" t="s">
+        <v>41</v>
+      </c>
+      <c r="B41" s="35" t="s">
+        <v>98</v>
+      </c>
+      <c r="C41" s="36">
+        <v>45627</v>
+      </c>
+      <c r="D41" s="34" t="s">
+        <v>55</v>
+      </c>
+      <c r="E41" s="37">
+        <v>65.88</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A42" s="47" t="s">
+        <v>42</v>
+      </c>
+      <c r="B42" s="47" t="s">
+        <v>97</v>
+      </c>
+      <c r="C42" s="40">
+        <v>45627</v>
+      </c>
+      <c r="D42" s="47" t="s">
+        <v>55</v>
+      </c>
+      <c r="E42" s="37">
+        <v>65.88</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A43" s="34" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="35" t="s">
+        <v>98</v>
+      </c>
+      <c r="C43" s="36">
+        <v>45627</v>
+      </c>
+      <c r="D43" s="34" t="s">
+        <v>55</v>
+      </c>
+      <c r="E43" s="37">
+        <v>65.88</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A44" s="47" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="47" t="s">
+        <v>99</v>
+      </c>
+      <c r="C44" s="40">
+        <v>42430</v>
+      </c>
+      <c r="D44" s="47" t="s">
+        <v>51</v>
+      </c>
+      <c r="E44" s="37">
+        <v>41.02</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A47" s="3" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8754E7D-8347-46E2-B003-C0380D644E17}">
+  <dimension ref="A1:C41"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="C1" sqref="C1"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="3" width="18.7109375" style="3" customWidth="1"/>
+    <col min="4" max="16384" width="9.140625" style="3"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:3" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="29" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="29" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2" s="23" t="s">
+        <v>3</v>
+      </c>
+      <c r="B2" s="14">
+        <v>41244</v>
+      </c>
+      <c r="C2" s="30">
+        <v>27.52</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" s="2">
+        <v>41579</v>
+      </c>
+      <c r="C3" s="30">
+        <v>36.15</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="23" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="14">
+        <v>41548</v>
+      </c>
+      <c r="C4" s="30">
+        <v>39.5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B5" s="2">
+        <v>41548</v>
+      </c>
+      <c r="C5" s="30">
+        <v>39.5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="14">
+        <v>41974</v>
+      </c>
+      <c r="C6" s="30">
+        <v>30.94</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" s="2">
+        <v>42430</v>
+      </c>
+      <c r="C7" s="30">
+        <v>27.67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" s="14">
+        <v>42430</v>
+      </c>
+      <c r="C8" s="30">
+        <v>27.52</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A9" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" s="2">
+        <v>42095</v>
+      </c>
+      <c r="C9" s="30">
+        <v>39.5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A10" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" s="14">
+        <v>42095</v>
+      </c>
+      <c r="C10" s="30">
+        <v>39.5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B11" s="2">
+        <v>43040</v>
+      </c>
+      <c r="C11" s="30">
+        <v>36.15</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A12" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="14">
+        <v>42826</v>
+      </c>
+      <c r="C12" s="30">
+        <v>39.44</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A13" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B13" s="2">
+        <v>41548</v>
+      </c>
+      <c r="C13" s="30">
+        <v>39.5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A14" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="B14" s="14">
+        <v>41244</v>
+      </c>
+      <c r="C14" s="30">
+        <v>30.94</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A15" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="2">
+        <v>43556</v>
+      </c>
+      <c r="C15" s="30">
+        <v>39.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A16" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" s="14">
+        <v>43556</v>
+      </c>
+      <c r="C16" s="30">
+        <v>39.5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A17" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" s="2">
+        <v>43556</v>
+      </c>
+      <c r="C17" s="30">
+        <v>39.5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A18" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="14">
+        <v>42430</v>
+      </c>
+      <c r="C18" s="30">
+        <v>27.67</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A19" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B19" s="2">
+        <v>42095</v>
+      </c>
+      <c r="C19" s="30">
+        <v>39.5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A20" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="B20" s="14">
+        <v>44682</v>
+      </c>
+      <c r="C20" s="30">
+        <v>39.44</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A21" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" s="2">
+        <v>44682</v>
+      </c>
+      <c r="C21" s="30">
+        <v>39.44</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A22" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" s="14">
+        <v>44682</v>
+      </c>
+      <c r="C22" s="30">
+        <v>39.44</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A23" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" s="2">
+        <v>44682</v>
+      </c>
+      <c r="C23" s="30">
+        <v>39.44</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" s="14">
+        <v>44682</v>
+      </c>
+      <c r="C24" s="30">
+        <v>39.44</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B25" s="2">
+        <v>44682</v>
+      </c>
+      <c r="C25" s="30">
+        <v>39.44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="B26" s="14">
+        <v>44713</v>
+      </c>
+      <c r="C26" s="30">
+        <v>44.88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A27" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="2">
+        <v>44713</v>
+      </c>
+      <c r="C27" s="30">
+        <v>44.88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A28" s="23" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28" s="14">
+        <v>42430</v>
+      </c>
+      <c r="C28" s="30">
+        <v>27.67</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A29" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B29" s="2">
+        <v>45078</v>
+      </c>
+      <c r="C29" s="30">
+        <v>39.14</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A30" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="B30" s="14">
+        <v>45078</v>
+      </c>
+      <c r="C30" s="30">
+        <v>39.14</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A31" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B31" s="2">
+        <v>45078</v>
+      </c>
+      <c r="C31" s="30">
+        <v>39.14</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A32" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="B32" s="14">
+        <v>45078</v>
+      </c>
+      <c r="C32" s="30">
+        <v>39.14</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A33" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B33" s="2">
+        <v>45078</v>
+      </c>
+      <c r="C33" s="30">
+        <v>39.14</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A34" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="B34" s="14">
+        <v>45231</v>
+      </c>
+      <c r="C34" s="30">
+        <v>26.1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A35" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="B35" s="2">
+        <v>42095</v>
+      </c>
+      <c r="C35" s="30">
+        <v>39.5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A36" s="23" t="s">
+        <v>37</v>
+      </c>
+      <c r="B36" s="14">
+        <v>45597</v>
+      </c>
+      <c r="C36" s="30">
+        <v>30.94</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A37" s="33" t="s">
+        <v>38</v>
+      </c>
+      <c r="B37" s="2">
+        <v>45597</v>
+      </c>
+      <c r="C37" s="30">
+        <v>36.15</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A38" s="31"/>
+      <c r="B38" s="32"/>
+      <c r="C38" s="28"/>
+    </row>
+    <row r="39" spans="1:3" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="48" t="s">
+        <v>45</v>
+      </c>
+      <c r="B39" s="49"/>
+      <c r="C39" s="49"/>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C39">
+    <sortCondition ref="A1:A39"/>
+  </sortState>
+  <mergeCells count="1">
+    <mergeCell ref="A39:C39"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47D87519-868D-450A-9D6D-47E987CC7FCB}">
   <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="16.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="18.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" ht="60" x14ac:dyDescent="0.25">
       <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="21" t="s">
-        <v>2</v>
+        <v>103</v>
       </c>
       <c r="D1" s="22" t="s">
-        <v>3</v>
+        <v>104</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" s="23" t="s">
+        <v>3</v>
+      </c>
+      <c r="B2" s="14">
+        <v>41244</v>
+      </c>
+      <c r="C2" s="16">
+        <v>23.61</v>
+      </c>
+      <c r="D2" s="17">
+        <v>24.47</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="24">
-[...13 lines deleted...]
-      <c r="B3" s="28">
+      <c r="B3" s="2">
         <v>41579</v>
       </c>
-      <c r="C3" s="29">
+      <c r="C3" s="18">
         <v>36.51</v>
       </c>
-      <c r="D3" s="30">
+      <c r="D3" s="19">
         <v>37.840000000000003</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="23" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="14">
+        <v>41548</v>
+      </c>
+      <c r="C4" s="16">
+        <v>36.020000000000003</v>
+      </c>
+      <c r="D4" s="17">
+        <v>37.33</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B4" s="24">
+      <c r="B5" s="2">
         <v>41548</v>
       </c>
-      <c r="C4" s="25">
+      <c r="C5" s="18">
         <v>36.020000000000003</v>
       </c>
-      <c r="D4" s="26">
-[...13 lines deleted...]
-      <c r="D5" s="30">
+      <c r="D5" s="19">
         <v>37.33</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="14">
+        <v>41974</v>
+      </c>
+      <c r="C6" s="16">
+        <v>27.49</v>
+      </c>
+      <c r="D6" s="17">
+        <v>28.49</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="24">
-[...13 lines deleted...]
-      <c r="B7" s="28">
+      <c r="B7" s="2">
         <v>42430</v>
       </c>
-      <c r="C7" s="29">
+      <c r="C7" s="18">
         <v>24.49</v>
       </c>
-      <c r="D7" s="30">
+      <c r="D7" s="19">
         <v>25.38</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" s="14">
+        <v>42430</v>
+      </c>
+      <c r="C8" s="16">
+        <v>23.61</v>
+      </c>
+      <c r="D8" s="17">
+        <v>24.47</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B8" s="24">
-[...13 lines deleted...]
-      <c r="B9" s="28">
+      <c r="B9" s="2">
         <v>42095</v>
       </c>
-      <c r="C9" s="29">
+      <c r="C9" s="18">
         <v>36</v>
       </c>
-      <c r="D9" s="30">
+      <c r="D9" s="19">
         <v>37.31</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" s="14">
+        <v>42095</v>
+      </c>
+      <c r="C10" s="16">
+        <v>36</v>
+      </c>
+      <c r="D10" s="17">
+        <v>37.31</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B10" s="24">
-[...13 lines deleted...]
-      <c r="B11" s="28">
+      <c r="B11" s="2">
         <v>43040</v>
       </c>
-      <c r="C11" s="29">
+      <c r="C11" s="18">
         <v>36.51</v>
       </c>
-      <c r="D11" s="30">
+      <c r="D11" s="19">
         <v>37.840000000000003</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="14">
+        <v>42826</v>
+      </c>
+      <c r="C12" s="16">
+        <v>33.85</v>
+      </c>
+      <c r="D12" s="17">
+        <v>35.08</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B12" s="24">
-[...13 lines deleted...]
-      <c r="B13" s="28">
+      <c r="B13" s="2">
         <v>41548</v>
       </c>
-      <c r="C13" s="29">
+      <c r="C13" s="18">
         <v>36.020000000000003</v>
       </c>
-      <c r="D13" s="30">
+      <c r="D13" s="19">
         <v>37.33</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="B14" s="14">
+        <v>41244</v>
+      </c>
+      <c r="C14" s="16">
+        <v>27.49</v>
+      </c>
+      <c r="D14" s="17">
+        <v>28.49</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B14" s="24">
-[...13 lines deleted...]
-      <c r="B15" s="28">
+      <c r="B15" s="2">
         <v>43556</v>
       </c>
-      <c r="C15" s="29">
+      <c r="C15" s="18">
         <v>36</v>
       </c>
-      <c r="D15" s="30">
+      <c r="D15" s="19">
         <v>37.31</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" s="14">
+        <v>43556</v>
+      </c>
+      <c r="C16" s="16">
+        <v>36</v>
+      </c>
+      <c r="D16" s="17">
+        <v>37.31</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="B16" s="24">
+      <c r="B17" s="2">
         <v>43556</v>
       </c>
-      <c r="C16" s="25">
+      <c r="C17" s="18">
         <v>36</v>
       </c>
-      <c r="D16" s="26">
-[...13 lines deleted...]
-      <c r="D17" s="30">
+      <c r="D17" s="19">
         <v>37.31</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="14">
+        <v>42430</v>
+      </c>
+      <c r="C18" s="16">
+        <v>24.49</v>
+      </c>
+      <c r="D18" s="17">
+        <v>25.38</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
         <v>20</v>
       </c>
-      <c r="B18" s="24">
-[...13 lines deleted...]
-      <c r="B19" s="28">
+      <c r="B19" s="2">
         <v>42095</v>
       </c>
-      <c r="C19" s="29">
+      <c r="C19" s="18">
         <v>36</v>
       </c>
-      <c r="D19" s="30">
+      <c r="D19" s="19">
         <v>37.31</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="B20" s="14">
+        <v>44682</v>
+      </c>
+      <c r="C20" s="16">
+        <v>32.08</v>
+      </c>
+      <c r="D20" s="17" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" s="24" t="s">
         <v>22</v>
       </c>
-      <c r="B20" s="24">
+      <c r="B21" s="2">
         <v>44682</v>
       </c>
-      <c r="C20" s="25">
+      <c r="C21" s="18">
         <v>32.08</v>
       </c>
-      <c r="D20" s="26" t="s">
-[...14 lines deleted...]
-        <v>23</v>
+      <c r="D21" s="20" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="23" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="B22" s="24">
+        <v>23</v>
+      </c>
+      <c r="B22" s="14">
         <v>44682</v>
       </c>
-      <c r="C22" s="25">
+      <c r="C22" s="16">
         <v>32.08</v>
       </c>
-      <c r="D22" s="26" t="s">
-        <v>23</v>
+      <c r="D22" s="17" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A23" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="28">
+      <c r="A23" s="24" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" s="2">
         <v>44682</v>
       </c>
-      <c r="C23" s="29">
+      <c r="C23" s="18">
         <v>32.08</v>
       </c>
-      <c r="D23" s="32" t="s">
-        <v>23</v>
+      <c r="D23" s="20" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="23" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="B24" s="24">
+        <v>25</v>
+      </c>
+      <c r="B24" s="14">
         <v>44682</v>
       </c>
-      <c r="C24" s="25">
+      <c r="C24" s="16">
         <v>32.08</v>
       </c>
-      <c r="D24" s="26" t="s">
-        <v>23</v>
+      <c r="D24" s="17" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A25" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B25" s="28">
+      <c r="A25" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="B25" s="2">
         <v>44682</v>
       </c>
-      <c r="C25" s="29">
+      <c r="C25" s="18">
         <v>32.08</v>
       </c>
-      <c r="D25" s="32" t="s">
-        <v>23</v>
+      <c r="D25" s="20" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="23" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="B26" s="24">
+        <v>27</v>
+      </c>
+      <c r="B26" s="14">
         <v>44713</v>
       </c>
-      <c r="C26" s="25">
+      <c r="C26" s="16">
         <v>30.73</v>
       </c>
-      <c r="D26" s="26" t="s">
-        <v>23</v>
+      <c r="D26" s="17" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A27" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B27" s="28">
+      <c r="A27" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="2">
         <v>44713</v>
       </c>
-      <c r="C27" s="29">
+      <c r="C27" s="18">
         <v>30.73</v>
       </c>
-      <c r="D27" s="32" t="s">
-        <v>23</v>
+      <c r="D27" s="20" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="23" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="B28" s="24">
+        <v>29</v>
+      </c>
+      <c r="B28" s="14">
         <v>42430</v>
       </c>
-      <c r="C28" s="25">
+      <c r="C28" s="16">
         <v>24.49</v>
       </c>
-      <c r="D28" s="26">
+      <c r="D28" s="17">
         <v>25.38</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="23" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="B29" s="24">
+        <v>30</v>
+      </c>
+      <c r="B29" s="14">
         <v>45078</v>
       </c>
-      <c r="C29" s="25">
+      <c r="C29" s="16">
         <v>60.73</v>
       </c>
-      <c r="D29" s="26" t="s">
-        <v>23</v>
+      <c r="D29" s="17" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A30" s="27" t="s">
-[...2 lines deleted...]
-      <c r="B30" s="28">
+      <c r="A30" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B30" s="2">
         <v>45078</v>
       </c>
-      <c r="C30" s="29">
+      <c r="C30" s="18">
         <v>60.73</v>
       </c>
-      <c r="D30" s="30" t="s">
-        <v>23</v>
+      <c r="D30" s="19" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="23" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="B31" s="24">
+        <v>32</v>
+      </c>
+      <c r="B31" s="14">
         <v>45078</v>
       </c>
-      <c r="C31" s="25">
+      <c r="C31" s="16">
         <v>60.73</v>
       </c>
-      <c r="D31" s="26" t="s">
-        <v>23</v>
+      <c r="D31" s="17" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A32" s="27" t="s">
-[...2 lines deleted...]
-      <c r="B32" s="28">
+      <c r="A32" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B32" s="2">
         <v>45078</v>
       </c>
-      <c r="C32" s="29">
+      <c r="C32" s="18">
         <v>60.73</v>
       </c>
-      <c r="D32" s="30" t="s">
-        <v>23</v>
+      <c r="D32" s="19" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="23" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="B33" s="24">
+        <v>34</v>
+      </c>
+      <c r="B33" s="14">
         <v>45078</v>
       </c>
-      <c r="C33" s="25">
+      <c r="C33" s="16">
         <v>60.73</v>
       </c>
-      <c r="D33" s="26" t="s">
-        <v>23</v>
+      <c r="D33" s="17" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A34" s="27" t="s">
-[...2 lines deleted...]
-      <c r="B34" s="28">
+      <c r="A34" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B34" s="2">
         <v>45231</v>
       </c>
-      <c r="C34" s="29">
+      <c r="C34" s="18">
         <v>27.79</v>
       </c>
-      <c r="D34" s="30" t="s">
-        <v>23</v>
+      <c r="D34" s="19" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9CCE0096-03CC-45CA-BBF3-4CF3D8D23EAE}">
   <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="18.7109375" style="3" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" ht="60" x14ac:dyDescent="0.25">
       <c r="A1" s="8" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="9" t="s">
-        <v>83</v>
+        <v>107</v>
       </c>
       <c r="D1" s="10" t="s">
-        <v>84</v>
+        <v>108</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" s="13" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B2" s="14">
         <v>41244</v>
       </c>
       <c r="C2" s="16">
         <v>66.22</v>
       </c>
       <c r="D2" s="17">
         <v>71.16</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" s="7" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B3" s="2">
         <v>41579</v>
       </c>
       <c r="C3" s="18">
         <v>90.99</v>
       </c>
       <c r="D3" s="19">
         <v>97.78</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="13" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B4" s="14">
         <v>41548</v>
       </c>
       <c r="C4" s="16">
         <v>85.55</v>
       </c>
       <c r="D4" s="17">
         <v>91.94</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B5" s="2">
         <v>41548</v>
       </c>
       <c r="C5" s="18">
         <v>85.55</v>
       </c>
       <c r="D5" s="19">
         <v>91.94</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="13" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B6" s="14">
         <v>41974</v>
       </c>
       <c r="C6" s="16">
         <v>72.260000000000005</v>
       </c>
       <c r="D6" s="17">
         <v>77.650000000000006</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B7" s="2">
         <v>42430</v>
       </c>
       <c r="C7" s="18">
         <v>67.84</v>
       </c>
       <c r="D7" s="19">
         <v>72.900000000000006</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="13" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B8" s="14">
         <v>42430</v>
       </c>
       <c r="C8" s="16">
         <v>66.22</v>
       </c>
       <c r="D8" s="17">
         <v>71.16</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B9" s="2">
         <v>42095</v>
       </c>
       <c r="C9" s="18">
         <v>85.51</v>
       </c>
       <c r="D9" s="19">
         <v>91.89</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B10" s="14">
         <v>42095</v>
       </c>
       <c r="C10" s="16">
         <v>85.51</v>
       </c>
       <c r="D10" s="17">
         <v>91.89</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B11" s="2">
         <v>43040</v>
       </c>
       <c r="C11" s="18">
         <v>90.99</v>
       </c>
       <c r="D11" s="19">
         <v>97.78</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="13" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B12" s="14">
         <v>42826</v>
       </c>
       <c r="C12" s="16">
         <v>88.04</v>
       </c>
       <c r="D12" s="17">
         <v>94.61</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B13" s="2">
         <v>41548</v>
       </c>
       <c r="C13" s="18">
         <v>85.55</v>
       </c>
       <c r="D13" s="19">
         <v>91.94</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="13" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B14" s="14">
         <v>41244</v>
       </c>
       <c r="C14" s="16">
         <v>72.260000000000005</v>
       </c>
       <c r="D14" s="17">
         <v>77.650000000000006</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B15" s="2">
         <v>43556</v>
       </c>
       <c r="C15" s="18">
         <v>85.51</v>
       </c>
       <c r="D15" s="19">
         <v>91.89</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="13" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B16" s="14">
         <v>43556</v>
       </c>
       <c r="C16" s="16">
         <v>85.51</v>
       </c>
       <c r="D16" s="17">
         <v>91.89</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B17" s="2">
         <v>43556</v>
       </c>
       <c r="C17" s="18">
         <v>85.51</v>
       </c>
       <c r="D17" s="19">
         <v>91.89</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="13" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B18" s="14">
         <v>42430</v>
       </c>
       <c r="C18" s="16">
         <v>67.84</v>
       </c>
       <c r="D18" s="17">
         <v>72.900000000000006</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B19" s="2">
         <v>42095</v>
       </c>
       <c r="C19" s="18">
         <v>85.51</v>
       </c>
       <c r="D19" s="19">
         <v>91.89</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="13" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B20" s="14">
         <v>44682</v>
       </c>
       <c r="C20" s="16">
         <v>87.24</v>
       </c>
       <c r="D20" s="17" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="6" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B21" s="2">
         <v>44682</v>
       </c>
       <c r="C21" s="18">
         <v>87.24</v>
       </c>
       <c r="D21" s="20" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="13" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B22" s="14">
         <v>44682</v>
       </c>
       <c r="C22" s="16">
         <v>87.24</v>
       </c>
       <c r="D22" s="17" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B23" s="2">
         <v>44682</v>
       </c>
       <c r="C23" s="18">
         <v>87.24</v>
       </c>
       <c r="D23" s="20" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="13" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B24" s="14">
         <v>44682</v>
       </c>
       <c r="C24" s="16">
         <v>87.24</v>
       </c>
       <c r="D24" s="17" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="6" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B25" s="2">
         <v>44682</v>
       </c>
       <c r="C25" s="18">
         <v>87.24</v>
       </c>
       <c r="D25" s="20" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="13" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B26" s="14">
         <v>44713</v>
       </c>
       <c r="C26" s="16">
         <v>75.03</v>
       </c>
       <c r="D26" s="17" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="6" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B27" s="2">
         <v>44713</v>
       </c>
       <c r="C27" s="18">
         <v>75.03</v>
       </c>
       <c r="D27" s="20" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="13" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B28" s="14">
         <v>42430</v>
       </c>
       <c r="C28" s="16">
         <v>67.84</v>
       </c>
       <c r="D28" s="17">
         <v>72.900000000000006</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100498139B26F79D34B967E00459F7F5B4A" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="eb1cf9729ce2ea585ce221faea92a772">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ce36d04c-c639-4510-9d55-798cea26cb32" xmlns:ns3="0a5b1a9f-7e9b-4ff0-8609-abc31179d249" xmlns:ns4="31062a0d-ede8-4112-b4bb-00a9c1bc8e16" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="386ba6d045617f9a5de9d45775ce16ff" ns2:_="" ns3:_="" ns4:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ce36d04c-c639-4510-9d55-798cea26cb32">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="31062a0d-ede8-4112-b4bb-00a9c1bc8e16" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100498139B26F79D34B967E00459F7F5B4A" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5172740df54bd4194bb124f5e3f7d343">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ce36d04c-c639-4510-9d55-798cea26cb32" xmlns:ns3="0a5b1a9f-7e9b-4ff0-8609-abc31179d249" xmlns:ns4="31062a0d-ede8-4112-b4bb-00a9c1bc8e16" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="229ce089844c0fbf6de0209e3c0b7704" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="ce36d04c-c639-4510-9d55-798cea26cb32"/>
     <xsd:import namespace="0a5b1a9f-7e9b-4ff0-8609-abc31179d249"/>
     <xsd:import namespace="31062a0d-ede8-4112-b4bb-00a9c1bc8e16"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -3920,150 +4791,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{556A5BAF-A58D-40F7-B0EC-756380534DE5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA384B97-8AD3-4096-BE6E-8B0290C7CDD9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="31062a0d-ede8-4112-b4bb-00a9c1bc8e16"/>
+    <ds:schemaRef ds:uri="0a5b1a9f-7e9b-4ff0-8609-abc31179d249"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ce36d04c-c639-4510-9d55-798cea26cb32"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DC52683-E101-4DBB-A251-AF1D267708F0}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91D075AD-989C-4ABF-9801-CBFD3831C918}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ce36d04c-c639-4510-9d55-798cea26cb32"/>
     <ds:schemaRef ds:uri="0a5b1a9f-7e9b-4ff0-8609-abc31179d249"/>
     <ds:schemaRef ds:uri="31062a0d-ede8-4112-b4bb-00a9c1bc8e16"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>2025 Detailed Price Info</vt:lpstr>
+    <vt:vector size="5" baseType="lpstr">
+      <vt:lpstr>2026 Summary Prices </vt:lpstr>
+      <vt:lpstr>2026 Detailed Price Info</vt:lpstr>
+      <vt:lpstr>2025 Summary Prices Archive</vt:lpstr>
       <vt:lpstr>2024 Summary Prices Archive</vt:lpstr>
       <vt:lpstr>2023 Summary Prices Archive</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Power-Prices-Operating-Fee-Calculations (2026 Lease Anniversary Dates)</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100498139B26F79D34B967E00459F7F5B4A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>